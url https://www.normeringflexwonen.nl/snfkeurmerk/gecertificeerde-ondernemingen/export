--- v0 (2026-01-31)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ondernemingen" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2032">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2041">
   <si>
     <t>Onderneming</t>
   </si>
   <si>
     <t>KvK-nummer</t>
   </si>
   <si>
     <t>Vestigingsplaats</t>
   </si>
   <si>
     <t>'t Caves V.O.F.</t>
   </si>
   <si>
     <t>69010463</t>
   </si>
   <si>
     <t>Wintelre</t>
   </si>
   <si>
     <t>24 Jobs B.V.</t>
   </si>
   <si>
     <t>86492349</t>
   </si>
   <si>
@@ -212,116 +212,113 @@
   <si>
     <t>30210979</t>
   </si>
   <si>
     <t>HOUTEN</t>
   </si>
   <si>
     <t>AB Service Zuid-Holland B.V.</t>
   </si>
   <si>
     <t>28106116</t>
   </si>
   <si>
     <t>Wateringen</t>
   </si>
   <si>
     <t>AB Vakwerk Uitzendorganisatie B.V.</t>
   </si>
   <si>
     <t>01091476</t>
   </si>
   <si>
     <t>Sneek</t>
   </si>
   <si>
+    <t>AB Werkt E-Flex B.V.</t>
+  </si>
+  <si>
+    <t>64934217</t>
+  </si>
+  <si>
+    <t>Herten</t>
+  </si>
+  <si>
     <t>AB Werkt Payroll B.V.</t>
   </si>
   <si>
     <t>12053907</t>
   </si>
   <si>
-    <t>Herten</t>
-[...1 lines deleted...]
-  <si>
     <t>AB Werkt Service B.V.</t>
   </si>
   <si>
     <t>64933024</t>
   </si>
   <si>
     <t>AB Werkt Service III B.V.</t>
   </si>
   <si>
     <t>61812668</t>
   </si>
   <si>
     <t>AB Werkt Service V B.V.</t>
   </si>
   <si>
     <t>67543375</t>
   </si>
   <si>
     <t>HERTEN</t>
   </si>
   <si>
     <t>ABC Bedrijfsservice B.V.</t>
   </si>
   <si>
     <t>06045309</t>
   </si>
   <si>
     <t>NIJMEGEN</t>
   </si>
   <si>
     <t>Abeos Cross Border Services B.V.</t>
   </si>
   <si>
     <t>56070292</t>
   </si>
   <si>
     <t>Deventer</t>
   </si>
   <si>
     <t>Abflexkracht uitzenden B.V.</t>
   </si>
   <si>
     <t>34146231</t>
   </si>
   <si>
     <t>RIJSENHOUT</t>
   </si>
   <si>
-    <t>Abiant Uitzendorganisatie B.V., Abiant EU service h.o.d.n.</t>
-[...7 lines deleted...]
-  <si>
     <t>Abode III B.V.</t>
   </si>
   <si>
     <t>88751503</t>
   </si>
   <si>
     <t>Tilburg</t>
   </si>
   <si>
     <t>Achilles B.V.</t>
   </si>
   <si>
     <t>56139500</t>
   </si>
   <si>
     <t>Monster</t>
   </si>
   <si>
     <t>Actief Werkt! Projecten B.V</t>
   </si>
   <si>
     <t>02078811</t>
   </si>
   <si>
     <t>Groningen</t>
@@ -368,5522 +365,5543 @@
   <si>
     <t>54410835</t>
   </si>
   <si>
     <t>Hoogeveen</t>
   </si>
   <si>
     <t>Agrana Flex B.V.</t>
   </si>
   <si>
     <t>68270216</t>
   </si>
   <si>
     <t>Horst</t>
   </si>
   <si>
     <t>Agro Jobs Holland B.V.</t>
   </si>
   <si>
     <t>61094692</t>
   </si>
   <si>
     <t>Middenmeer</t>
   </si>
   <si>
-    <t>Agro-Connect B.V.</t>
+    <t>Agros B.V.</t>
+  </si>
+  <si>
+    <t>37096634</t>
+  </si>
+  <si>
+    <t>Alkmaar</t>
+  </si>
+  <si>
+    <t>AgroStar Uitzendorganisatie B.V.</t>
+  </si>
+  <si>
+    <t>37099747</t>
+  </si>
+  <si>
+    <t>'t Veld</t>
+  </si>
+  <si>
+    <t>Akodomus B.V.</t>
+  </si>
+  <si>
+    <t>73940186</t>
+  </si>
+  <si>
+    <t>BILTHOVEN</t>
+  </si>
+  <si>
+    <t>Aldora Dienstverlening B.V.</t>
+  </si>
+  <si>
+    <t>65142543</t>
+  </si>
+  <si>
+    <t>Vlaardingen</t>
+  </si>
+  <si>
+    <t>Aldora Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>54638305</t>
+  </si>
+  <si>
+    <t>Alertec Bouw B.V.</t>
+  </si>
+  <si>
+    <t>71584269</t>
+  </si>
+  <si>
+    <t>DRACHTEN</t>
+  </si>
+  <si>
+    <t>Alertec Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>01101156</t>
+  </si>
+  <si>
+    <t>Drachten</t>
+  </si>
+  <si>
+    <t>All In Rentals B.V.</t>
+  </si>
+  <si>
+    <t>73087408</t>
+  </si>
+  <si>
+    <t>Oud-beijerland</t>
+  </si>
+  <si>
+    <t>All-round Reiniging Swinkels Moergestel B.V.</t>
+  </si>
+  <si>
+    <t>63629860</t>
+  </si>
+  <si>
+    <t>Esbeek</t>
+  </si>
+  <si>
+    <t>Allround Flexworkers B.V.</t>
+  </si>
+  <si>
+    <t>61340294</t>
+  </si>
+  <si>
+    <t>Allround Packing Service B.V.</t>
+  </si>
+  <si>
+    <t>24401633</t>
+  </si>
+  <si>
+    <t>Maasdijk</t>
+  </si>
+  <si>
+    <t>Althius B.V.</t>
+  </si>
+  <si>
+    <t>74593447</t>
+  </si>
+  <si>
+    <t>Sint-Oedenrode</t>
+  </si>
+  <si>
+    <t>Ammerzoden Champ B.V.</t>
+  </si>
+  <si>
+    <t>83492909</t>
+  </si>
+  <si>
+    <t>Ammerzoden</t>
+  </si>
+  <si>
+    <t>Antenna V.O.F.</t>
+  </si>
+  <si>
+    <t>34125139</t>
+  </si>
+  <si>
+    <t>AALSMEER</t>
+  </si>
+  <si>
+    <t>ANTS Uitzendgroep B.V.</t>
+  </si>
+  <si>
+    <t>67629199</t>
+  </si>
+  <si>
+    <t>Bergschenhoek</t>
+  </si>
+  <si>
+    <t>Apaysan B.V.</t>
+  </si>
+  <si>
+    <t>27315010</t>
+  </si>
+  <si>
+    <t>'s-Gravenhage</t>
+  </si>
+  <si>
+    <t>Apeople B.V.</t>
+  </si>
+  <si>
+    <t>14069034</t>
+  </si>
+  <si>
+    <t>Susteren</t>
+  </si>
+  <si>
+    <t>Apex Uitzend B.V.</t>
+  </si>
+  <si>
+    <t>53992261</t>
+  </si>
+  <si>
+    <t>Yerseke</t>
+  </si>
+  <si>
+    <t>AR Service B.V.</t>
+  </si>
+  <si>
+    <t>80315356</t>
+  </si>
+  <si>
+    <t>Venlo</t>
+  </si>
+  <si>
+    <t>Astengrow B.V</t>
+  </si>
+  <si>
+    <t>88177467</t>
+  </si>
+  <si>
+    <t>Asten</t>
+  </si>
+  <si>
+    <t>Atik B.V., Uitzendburo</t>
+  </si>
+  <si>
+    <t>20114594</t>
+  </si>
+  <si>
+    <t>ROOSENDAAL</t>
+  </si>
+  <si>
+    <t>Auke van der Horn</t>
+  </si>
+  <si>
+    <t>85072702</t>
+  </si>
+  <si>
+    <t>Utrecht</t>
+  </si>
+  <si>
+    <t>Avantiflex B.V.</t>
+  </si>
+  <si>
+    <t>89904621</t>
+  </si>
+  <si>
+    <t>Terborg</t>
+  </si>
+  <si>
+    <t>B-Four Agro B.V.</t>
+  </si>
+  <si>
+    <t>64583155</t>
+  </si>
+  <si>
+    <t>WARMENHUIZEN</t>
+  </si>
+  <si>
+    <t>B.A.M. Vermeer Onroerend Goed B.V.</t>
+  </si>
+  <si>
+    <t>17262623</t>
+  </si>
+  <si>
+    <t>BIEZENMORTEL</t>
+  </si>
+  <si>
+    <t>B2Works B.V.</t>
+  </si>
+  <si>
+    <t>09182823</t>
+  </si>
+  <si>
+    <t>BaBo Verhuur B.V.</t>
+  </si>
+  <si>
+    <t>59316616</t>
+  </si>
+  <si>
+    <t>Cuijk</t>
+  </si>
+  <si>
+    <t>Bakx Housing B.V.</t>
+  </si>
+  <si>
+    <t>72243295</t>
+  </si>
+  <si>
+    <t>GELEEN</t>
+  </si>
+  <si>
+    <t>BAM Works B.V.</t>
+  </si>
+  <si>
+    <t>53075811</t>
+  </si>
+  <si>
+    <t>BAS Detachering B.V.</t>
+  </si>
+  <si>
+    <t>66658845</t>
+  </si>
+  <si>
+    <t>Etten-Leur</t>
+  </si>
+  <si>
+    <t>BAS Uitzenden en ZZP B.V.</t>
+  </si>
+  <si>
+    <t>66658985</t>
+  </si>
+  <si>
+    <t>Etten-leur</t>
+  </si>
+  <si>
+    <t>Berben V.O.F.</t>
+  </si>
+  <si>
+    <t>62076906</t>
+  </si>
+  <si>
+    <t>Linne</t>
+  </si>
+  <si>
+    <t>Best en West in-en Ompakkers B.V.</t>
+  </si>
+  <si>
+    <t>27192392</t>
+  </si>
+  <si>
+    <t>RIJSWIJK ZH</t>
+  </si>
+  <si>
+    <t>Bestpeppers  B.V.</t>
+  </si>
+  <si>
+    <t>71359346</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>Betuwe Kers B.V.</t>
+  </si>
+  <si>
+    <t>52779181</t>
+  </si>
+  <si>
+    <t>DEIL</t>
+  </si>
+  <si>
+    <t>Bia Flex B.V.</t>
+  </si>
+  <si>
+    <t>65934679</t>
+  </si>
+  <si>
+    <t>Barneveld</t>
+  </si>
+  <si>
+    <t>Biologische tuinderij Mts. W+E Peeters-Mertens</t>
+  </si>
+  <si>
+    <t>14112659</t>
+  </si>
+  <si>
+    <t>Neer</t>
+  </si>
+  <si>
+    <t>BioVerbeek B.V.</t>
+  </si>
+  <si>
+    <t>12018544</t>
+  </si>
+  <si>
+    <t>VELDEN</t>
+  </si>
+  <si>
+    <t>Bloemenkwekerij Nico Kiep B.V.</t>
+  </si>
+  <si>
+    <t>11044126</t>
+  </si>
+  <si>
+    <t>Nieuwaal</t>
+  </si>
+  <si>
+    <t>Blue Trading Workforce B.V.</t>
+  </si>
+  <si>
+    <t>72819073</t>
+  </si>
+  <si>
+    <t>Wormerveer</t>
+  </si>
+  <si>
+    <t>BoeG V.O.F.</t>
+  </si>
+  <si>
+    <t>14068809</t>
+  </si>
+  <si>
+    <t>Schimmert</t>
+  </si>
+  <si>
+    <t>BOKA Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>86007394</t>
+  </si>
+  <si>
+    <t>Schiphol-rijk</t>
+  </si>
+  <si>
+    <t>Boltha B.V.</t>
+  </si>
+  <si>
+    <t>37012304</t>
+  </si>
+  <si>
+    <t>Breezand</t>
+  </si>
+  <si>
+    <t>BONT Housing B.V.</t>
+  </si>
+  <si>
+    <t>90817249</t>
+  </si>
+  <si>
+    <t>Oldenzaal</t>
+  </si>
+  <si>
+    <t>Boomkwekerijen M. van den Oever &amp; Zonen B.V.</t>
+  </si>
+  <si>
+    <t>16039470</t>
+  </si>
+  <si>
+    <t>Haaren</t>
+  </si>
+  <si>
+    <t>Bouten Aardbeien B.V.</t>
+  </si>
+  <si>
+    <t>65591925</t>
+  </si>
+  <si>
+    <t>Meijel</t>
+  </si>
+  <si>
+    <t>Brabantwerk B.V.</t>
+  </si>
+  <si>
+    <t>58297391</t>
+  </si>
+  <si>
+    <t>Volkel</t>
+  </si>
+  <si>
+    <t>BraFa B.V.</t>
+  </si>
+  <si>
+    <t>84303263</t>
+  </si>
+  <si>
+    <t>Zundert</t>
+  </si>
+  <si>
+    <t>Bright Home Rentals 1 B.V.</t>
+  </si>
+  <si>
+    <t>91981085</t>
+  </si>
+  <si>
+    <t>Broodwinners</t>
+  </si>
+  <si>
+    <t>24394947</t>
+  </si>
+  <si>
+    <t>BWB Flex B.V.</t>
+  </si>
+  <si>
+    <t>17215883</t>
+  </si>
+  <si>
+    <t>CUIJK</t>
+  </si>
+  <si>
+    <t>C.W. van der Hulst Bloembollen B.V.</t>
+  </si>
+  <si>
+    <t>37075070</t>
+  </si>
+  <si>
+    <t>'t zand</t>
+  </si>
+  <si>
+    <t>C&amp;E Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>55878180</t>
+  </si>
+  <si>
+    <t>KERKDRIEL</t>
+  </si>
+  <si>
+    <t>Carrière Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>50778366</t>
+  </si>
+  <si>
+    <t>CeKaFlex B.V.</t>
+  </si>
+  <si>
+    <t>09167763</t>
+  </si>
+  <si>
+    <t>Nijmegen</t>
+  </si>
+  <si>
+    <t>Certa Rental B.V.</t>
+  </si>
+  <si>
+    <t>11060404</t>
+  </si>
+  <si>
+    <t>Zaltbommel</t>
+  </si>
+  <si>
+    <t>Cervo Dienstverlening B.V.</t>
+  </si>
+  <si>
+    <t>32130659</t>
+  </si>
+  <si>
+    <t>Arnhem</t>
+  </si>
+  <si>
+    <t>Cervo International B.V.</t>
+  </si>
+  <si>
+    <t>32130664</t>
+  </si>
+  <si>
+    <t>Leusden</t>
+  </si>
+  <si>
+    <t>Cervo Transport &amp; Logistiek B.V.</t>
+  </si>
+  <si>
+    <t>66860644</t>
+  </si>
+  <si>
+    <t>Waalwijk</t>
+  </si>
+  <si>
+    <t>Cervo Uitzend B.V.</t>
+  </si>
+  <si>
+    <t>62388487</t>
+  </si>
+  <si>
+    <t>Bunschoten-Spakenburg</t>
+  </si>
+  <si>
+    <t>Champas Service B.V.</t>
+  </si>
+  <si>
+    <t>17277827</t>
+  </si>
+  <si>
+    <t>VEGHEL</t>
+  </si>
+  <si>
+    <t>Champignonkwekerij Ammerzoden B.V.</t>
+  </si>
+  <si>
+    <t>84085142</t>
+  </si>
+  <si>
+    <t>Champignonkwekerij Bergass B.V.</t>
+  </si>
+  <si>
+    <t>85998184</t>
+  </si>
+  <si>
+    <t>Champignonkwekerij Dingemans B.V.</t>
+  </si>
+  <si>
+    <t>20169775</t>
+  </si>
+  <si>
+    <t>STANDDAARBUITEN</t>
+  </si>
+  <si>
+    <t>Champignonland Horst B.V.</t>
+  </si>
+  <si>
+    <t>64474917</t>
+  </si>
+  <si>
+    <t>Charlie works B.V.</t>
+  </si>
+  <si>
+    <t>61818267</t>
+  </si>
+  <si>
+    <t>Charlie works housing B.V.</t>
+  </si>
+  <si>
+    <t>64351394</t>
+  </si>
+  <si>
+    <t>Ciseli Beheer B.V.</t>
+  </si>
+  <si>
+    <t>74865781</t>
+  </si>
+  <si>
+    <t>'s-Heerenberg</t>
+  </si>
+  <si>
+    <t>CJ Onroerend Goed B.V.</t>
+  </si>
+  <si>
+    <t>11068005</t>
+  </si>
+  <si>
+    <t>Gameren</t>
+  </si>
+  <si>
+    <t>Concreeto Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>24474253</t>
+  </si>
+  <si>
+    <t>ConnectAir B.V.</t>
+  </si>
+  <si>
+    <t>90838947</t>
+  </si>
+  <si>
+    <t>Alphen aan den rijn</t>
+  </si>
+  <si>
+    <t>Construction Concept Europe LDA</t>
+  </si>
+  <si>
+    <t>70365628</t>
+  </si>
+  <si>
+    <t>Prinsenbeek</t>
+  </si>
+  <si>
+    <t>Contrain NL B.V.</t>
+  </si>
+  <si>
+    <t>73335452</t>
+  </si>
+  <si>
+    <t>Reuver</t>
+  </si>
+  <si>
+    <t>Contrain Poland Sp. z.o.o.</t>
+  </si>
+  <si>
+    <t>56241909</t>
+  </si>
+  <si>
+    <t>Lodz</t>
+  </si>
+  <si>
+    <t>Cordeta B.V.</t>
+  </si>
+  <si>
+    <t>09156074</t>
+  </si>
+  <si>
+    <t>Molenhoek</t>
+  </si>
+  <si>
+    <t>Cova Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>61447536</t>
+  </si>
+  <si>
+    <t>Covebo Productie en Logistiek B.V.</t>
+  </si>
+  <si>
+    <t>59178892</t>
+  </si>
+  <si>
+    <t>NIJKERK GLD</t>
+  </si>
+  <si>
+    <t>Covebo Techniek B.V.</t>
+  </si>
+  <si>
+    <t>59178469</t>
+  </si>
+  <si>
+    <t>D.  Baran</t>
+  </si>
+  <si>
+    <t>Den Haag</t>
+  </si>
+  <si>
+    <t>De Gilde Groep B.V.</t>
+  </si>
+  <si>
+    <t>04082234</t>
+  </si>
+  <si>
+    <t>MEPPEL</t>
+  </si>
+  <si>
+    <t>De heer W.C.N. Bladt</t>
+  </si>
+  <si>
+    <t>Someren</t>
+  </si>
+  <si>
+    <t>De Huisvestingspartner B.V.</t>
+  </si>
+  <si>
+    <t>83282718</t>
+  </si>
+  <si>
+    <t>De Jager Detachering B.V.</t>
+  </si>
+  <si>
+    <t>51155354</t>
+  </si>
+  <si>
+    <t>Rilland</t>
+  </si>
+  <si>
+    <t>De Jong Lekstreek Fruit</t>
+  </si>
+  <si>
+    <t>76888533</t>
+  </si>
+  <si>
+    <t>Tienhoven aan de Lek</t>
+  </si>
+  <si>
+    <t>De Kuulen B.V.</t>
+  </si>
+  <si>
+    <t>17183507</t>
+  </si>
+  <si>
+    <t>Leende</t>
+  </si>
+  <si>
+    <t>De Lelie Vastgoedbeheer B.V.</t>
+  </si>
+  <si>
+    <t>93441436</t>
+  </si>
+  <si>
+    <t>De Postelhoef B.V.</t>
+  </si>
+  <si>
+    <t>17191633</t>
+  </si>
+  <si>
+    <t>Luyksgestel</t>
+  </si>
+  <si>
+    <t>DE Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>80725406</t>
+  </si>
+  <si>
+    <t>Assendelft</t>
+  </si>
+  <si>
+    <t>De Werkunie B.V.</t>
+  </si>
+  <si>
+    <t>30257805</t>
+  </si>
+  <si>
+    <t>De Meern</t>
+  </si>
+  <si>
+    <t>DEG en Egberts Dienstverlening B.V.</t>
+  </si>
+  <si>
+    <t>62148621</t>
+  </si>
+  <si>
+    <t>NOORDWIJKERHOUT</t>
+  </si>
+  <si>
+    <t>Delta Greenworks B.V. hodn D.G. Select</t>
+  </si>
+  <si>
+    <t>24476177</t>
+  </si>
+  <si>
+    <t>Steenbergen</t>
+  </si>
+  <si>
+    <t>Delta Team Techniek B.V.</t>
+  </si>
+  <si>
+    <t>27260286</t>
+  </si>
+  <si>
+    <t>Deltametaal B.V.</t>
+  </si>
+  <si>
+    <t>61224294</t>
+  </si>
+  <si>
+    <t>Sliedrecht</t>
+  </si>
+  <si>
+    <t>Demeter B.V.</t>
+  </si>
+  <si>
+    <t>27326918</t>
+  </si>
+  <si>
+    <t>Desa Construction NL B.V.</t>
+  </si>
+  <si>
+    <t>69222150</t>
+  </si>
+  <si>
+    <t>Detachering Direct B.V.</t>
+  </si>
+  <si>
+    <t>84551240</t>
+  </si>
+  <si>
+    <t>Bergeijk</t>
+  </si>
+  <si>
+    <t>Detaconcept Services B.V.</t>
+  </si>
+  <si>
+    <t>72041749</t>
+  </si>
+  <si>
+    <t>DHHOLDING B.V.</t>
+  </si>
+  <si>
+    <t>89120841</t>
+  </si>
+  <si>
+    <t>Aalsmeer</t>
+  </si>
+  <si>
+    <t>Direct Baan Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>68985061</t>
+  </si>
+  <si>
+    <t>Bodegraven</t>
+  </si>
+  <si>
+    <t>Direct Staffing B.V.</t>
+  </si>
+  <si>
+    <t>09178377</t>
+  </si>
+  <si>
+    <t>DIT en Larex Vakpersoneel B.V.</t>
+  </si>
+  <si>
+    <t>08116290</t>
+  </si>
+  <si>
+    <t>DEVENTER</t>
+  </si>
+  <si>
+    <t>Djops Uitzendgroep B.V.</t>
+  </si>
+  <si>
+    <t>65927532</t>
+  </si>
+  <si>
+    <t>Nijkerk</t>
+  </si>
+  <si>
+    <t>dockHolland Huisvesting B.V.</t>
+  </si>
+  <si>
+    <t>24255227</t>
+  </si>
+  <si>
+    <t>Drenthe Growers B.V.</t>
+  </si>
+  <si>
+    <t>56556098</t>
+  </si>
+  <si>
+    <t>Erica</t>
+  </si>
+  <si>
+    <t>DS People B.V.</t>
+  </si>
+  <si>
+    <t>63134462</t>
+  </si>
+  <si>
+    <t>STELLENDAM</t>
+  </si>
+  <si>
+    <t>DSD Facility B.V.</t>
+  </si>
+  <si>
+    <t>70501610</t>
+  </si>
+  <si>
+    <t>Duijndam Flex B.V.</t>
+  </si>
+  <si>
+    <t>59880937</t>
+  </si>
+  <si>
+    <t>Duijndam Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>54370914</t>
+  </si>
+  <si>
+    <t>Dutch Foreigner Care B.V.</t>
+  </si>
+  <si>
+    <t>28080746</t>
+  </si>
+  <si>
+    <t>Noordwijkerhout</t>
+  </si>
+  <si>
+    <t>DVO Flexservice B.V.</t>
+  </si>
+  <si>
+    <t>85061565</t>
+  </si>
+  <si>
+    <t>Lopik</t>
+  </si>
+  <si>
+    <t>E &amp; A Logistiek B.V.</t>
+  </si>
+  <si>
+    <t>18040486</t>
+  </si>
+  <si>
+    <t>E &amp; E Accommodations B.V.</t>
+  </si>
+  <si>
+    <t>56384440</t>
+  </si>
+  <si>
+    <t>E.J.W. Classens</t>
+  </si>
+  <si>
+    <t>MSP000061079</t>
+  </si>
+  <si>
+    <t>Castenray</t>
+  </si>
+  <si>
+    <t>E.Z.S. International Detachering</t>
+  </si>
+  <si>
+    <t>82875278</t>
+  </si>
+  <si>
+    <t>Schagen</t>
+  </si>
+  <si>
+    <t>Eastmen Human Resources B.V.</t>
+  </si>
+  <si>
+    <t>01117168</t>
+  </si>
+  <si>
+    <t>EasyWork Barneveld B.V.</t>
+  </si>
+  <si>
+    <t>88470059</t>
+  </si>
+  <si>
+    <t>EasyWork EU B.V.</t>
+  </si>
+  <si>
+    <t>83407383</t>
+  </si>
+  <si>
+    <t>Veenendaal</t>
+  </si>
+  <si>
+    <t>EasyWork Lunteren B.V.</t>
+  </si>
+  <si>
+    <t>64580210</t>
+  </si>
+  <si>
+    <t>Lunteren</t>
+  </si>
+  <si>
+    <t>Ebenezer Services B.V.</t>
+  </si>
+  <si>
+    <t>24426723</t>
+  </si>
+  <si>
+    <t>Ebro Diensten B.V.</t>
+  </si>
+  <si>
+    <t>32115402</t>
+  </si>
+  <si>
+    <t>ALMERE</t>
+  </si>
+  <si>
+    <t>Ebrovlex B.V.</t>
+  </si>
+  <si>
+    <t>32093388</t>
+  </si>
+  <si>
+    <t>Loosdrecht</t>
+  </si>
+  <si>
+    <t>Eemsdelta Housing B.V.</t>
+  </si>
+  <si>
+    <t>80302246</t>
+  </si>
+  <si>
+    <t>TJUCHEM</t>
+  </si>
+  <si>
+    <t>Efficiënt@work B.V.</t>
+  </si>
+  <si>
+    <t>50097784</t>
+  </si>
+  <si>
+    <t>Naaldwijk</t>
+  </si>
+  <si>
+    <t>EG Facility &amp; Services B.V.</t>
+  </si>
+  <si>
+    <t>88802957</t>
+  </si>
+  <si>
+    <t>Werkendam</t>
+  </si>
+  <si>
+    <t>EG Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>27196172</t>
+  </si>
+  <si>
+    <t>EG@Work B.V.</t>
+  </si>
+  <si>
+    <t>91787815</t>
+  </si>
+  <si>
+    <t>EGR Flex B.V.</t>
+  </si>
+  <si>
+    <t>72531436</t>
+  </si>
+  <si>
+    <t>Zwijndrecht</t>
+  </si>
+  <si>
+    <t>El Green Diensten B.V.</t>
+  </si>
+  <si>
+    <t>60896604</t>
+  </si>
+  <si>
+    <t>Elders Rekreatie en Bungalowverhuur B.V.</t>
+  </si>
+  <si>
+    <t>50087118</t>
+  </si>
+  <si>
+    <t>GEES</t>
+  </si>
+  <si>
+    <t>Eltech Multiservices B.V.</t>
+  </si>
+  <si>
+    <t>51129744</t>
+  </si>
+  <si>
+    <t>Employ B.V.</t>
+  </si>
+  <si>
+    <t>01126404</t>
+  </si>
+  <si>
+    <t>Empowerment B.V.</t>
+  </si>
+  <si>
+    <t>30211281</t>
+  </si>
+  <si>
+    <t>Emveflex Personeelservice B.V.</t>
+  </si>
+  <si>
+    <t>06088930</t>
+  </si>
+  <si>
+    <t>Engelen Energie B.V.</t>
+  </si>
+  <si>
+    <t>81797117</t>
+  </si>
+  <si>
+    <t>Ergon International B.V.</t>
+  </si>
+  <si>
+    <t>75786273</t>
+  </si>
+  <si>
+    <t>Ergon Nederland B.V.</t>
+  </si>
+  <si>
+    <t>09185706</t>
+  </si>
+  <si>
+    <t>Erivon Exploitatie B.V.</t>
+  </si>
+  <si>
+    <t>17204921</t>
+  </si>
+  <si>
+    <t>Aarle-rixtel</t>
+  </si>
+  <si>
+    <t>EU Facility Services B.V.</t>
+  </si>
+  <si>
+    <t>32110787</t>
+  </si>
+  <si>
+    <t>EU Force B.V.</t>
+  </si>
+  <si>
+    <t>92650279</t>
+  </si>
+  <si>
+    <t>EU-Flex Services B.V.</t>
+  </si>
+  <si>
+    <t>90420306</t>
+  </si>
+  <si>
+    <t>Diemen</t>
+  </si>
+  <si>
+    <t>EU-People B.V.</t>
+  </si>
+  <si>
+    <t>17198890</t>
+  </si>
+  <si>
+    <t>Eindhoven</t>
+  </si>
+  <si>
+    <t>Euro Business Holland B.V.</t>
+  </si>
+  <si>
+    <t>08074954</t>
+  </si>
+  <si>
+    <t>BARNEVELD</t>
+  </si>
+  <si>
+    <t>Euro Business Zuid-Oost B.V.</t>
+  </si>
+  <si>
+    <t>08073762</t>
+  </si>
+  <si>
+    <t>Euro Planit B.V.</t>
+  </si>
+  <si>
+    <t>08116257</t>
+  </si>
+  <si>
+    <t>Vorden</t>
+  </si>
+  <si>
+    <t>Eurojob B.V.</t>
+  </si>
+  <si>
+    <t>62006851</t>
+  </si>
+  <si>
+    <t>HOOFDDORP</t>
+  </si>
+  <si>
+    <t>Euroned B.V.</t>
+  </si>
+  <si>
+    <t>69283028</t>
+  </si>
+  <si>
+    <t>Euronet Detachering 1 B.V.</t>
+  </si>
+  <si>
+    <t>27148467</t>
+  </si>
+  <si>
+    <t>S-GRAVENHAGE</t>
+  </si>
+  <si>
+    <t>Europa Park B.V.</t>
+  </si>
+  <si>
+    <t>84072482</t>
+  </si>
+  <si>
+    <t>Dronten</t>
+  </si>
+  <si>
+    <t>Europe@Work B.V.</t>
+  </si>
+  <si>
+    <t>27337783</t>
+  </si>
+  <si>
+    <t>WERKENDAM</t>
+  </si>
+  <si>
+    <t>Europlus B.V.</t>
+  </si>
+  <si>
+    <t>30263534</t>
+  </si>
+  <si>
+    <t>TIEL</t>
+  </si>
+  <si>
+    <t>Europrofessionals Oost B.V.</t>
+  </si>
+  <si>
+    <t>08104592</t>
+  </si>
+  <si>
+    <t>Denekamp</t>
+  </si>
+  <si>
+    <t>Eurotemp B.V.</t>
+  </si>
+  <si>
+    <t>08141529</t>
+  </si>
+  <si>
+    <t>ERMELO</t>
+  </si>
+  <si>
+    <t>Eurowarker B.V.</t>
+  </si>
+  <si>
+    <t>89909623</t>
+  </si>
+  <si>
+    <t>Hardenberg</t>
+  </si>
+  <si>
+    <t>Fa. Kleijwegt LTB</t>
+  </si>
+  <si>
+    <t>23032614</t>
+  </si>
+  <si>
+    <t>Mijnsheerenland</t>
+  </si>
+  <si>
+    <t>Faci B.V.</t>
+  </si>
+  <si>
+    <t>63066351</t>
+  </si>
+  <si>
+    <t>Factram B.V.</t>
+  </si>
+  <si>
+    <t>17149135</t>
+  </si>
+  <si>
+    <t>Heesch</t>
+  </si>
+  <si>
+    <t>Fareon-A Nederland B.V.</t>
+  </si>
+  <si>
+    <t>76254771</t>
+  </si>
+  <si>
+    <t>APELDOORN</t>
+  </si>
+  <si>
+    <t>Farm Field Onroerend Goed B.V.</t>
+  </si>
+  <si>
+    <t>55442595</t>
+  </si>
+  <si>
+    <t>'T VELD</t>
+  </si>
+  <si>
+    <t>Feel Flex B.V.</t>
+  </si>
+  <si>
+    <t>55274382</t>
+  </si>
+  <si>
+    <t>Veghel</t>
+  </si>
+  <si>
+    <t>Fides Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>09145889</t>
+  </si>
+  <si>
+    <t>Finest Housing Beheer B.V.</t>
+  </si>
+  <si>
+    <t>84464585</t>
+  </si>
+  <si>
+    <t>Panningen</t>
+  </si>
+  <si>
+    <t>Firma van Damme Nisse V.O.F.</t>
+  </si>
+  <si>
+    <t>22019248</t>
+  </si>
+  <si>
+    <t>NISSE</t>
+  </si>
+  <si>
+    <t>Fivehu B.V.</t>
+  </si>
+  <si>
+    <t>71522956</t>
+  </si>
+  <si>
+    <t>Fix Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>27285211</t>
+  </si>
+  <si>
+    <t>Flamingo Facilities B.V.</t>
+  </si>
+  <si>
+    <t>81608470</t>
+  </si>
+  <si>
+    <t>'s-gravenhage</t>
+  </si>
+  <si>
+    <t>Flamingo Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>27277349</t>
+  </si>
+  <si>
+    <t>Flash Work Velddriel B.V.</t>
+  </si>
+  <si>
+    <t>11069331</t>
+  </si>
+  <si>
+    <t>Velddriel</t>
+  </si>
+  <si>
+    <t>Flex Fitters B.V.</t>
+  </si>
+  <si>
+    <t>58272291</t>
+  </si>
+  <si>
+    <t>BUNSCHOTEN-SPAKENBURG</t>
+  </si>
+  <si>
+    <t>Flex Power Works B.V.</t>
+  </si>
+  <si>
+    <t>09092469</t>
+  </si>
+  <si>
+    <t>FLex Team Nederland B.V.</t>
+  </si>
+  <si>
+    <t>09189356</t>
+  </si>
+  <si>
+    <t>GROESBEEK</t>
+  </si>
+  <si>
+    <t>Flex-Employment B.V.</t>
+  </si>
+  <si>
+    <t>20166380</t>
+  </si>
+  <si>
+    <t>Oudenbosch</t>
+  </si>
+  <si>
+    <t>Flexbouwers B.V.</t>
+  </si>
+  <si>
+    <t>86482882</t>
+  </si>
+  <si>
+    <t>’s-Hertogenbosch</t>
+  </si>
+  <si>
+    <t>Flexcraft Aldiver B.V.</t>
+  </si>
+  <si>
+    <t>23072062</t>
+  </si>
+  <si>
+    <t>GORINCHEM</t>
+  </si>
+  <si>
+    <t>Flexcraft SSC B.V.</t>
+  </si>
+  <si>
+    <t>67541690</t>
+  </si>
+  <si>
+    <t>Flexdirect Uitzendgroep B.V.</t>
+  </si>
+  <si>
+    <t>10036272</t>
+  </si>
+  <si>
+    <t>Flexfamily Business Support B.V.</t>
+  </si>
+  <si>
+    <t>09169374</t>
+  </si>
+  <si>
+    <t>FlexForce Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>24281485</t>
+  </si>
+  <si>
+    <t>Alblasserdam</t>
+  </si>
+  <si>
+    <t>Flexhousing B.V.</t>
+  </si>
+  <si>
+    <t>17151668</t>
+  </si>
+  <si>
+    <t>TILBURG</t>
+  </si>
+  <si>
+    <t>Flexibel B.V., Uitzendbureau</t>
+  </si>
+  <si>
+    <t>27171480</t>
+  </si>
+  <si>
+    <t>'S-GRAVENHAGE</t>
+  </si>
+  <si>
+    <t>Flexible Human Services B.V.</t>
+  </si>
+  <si>
+    <t>28092767</t>
+  </si>
+  <si>
+    <t>Flexible Real Estate B.V.</t>
+  </si>
+  <si>
+    <t>68590776</t>
+  </si>
+  <si>
+    <t>FlexInn B.V.</t>
+  </si>
+  <si>
+    <t>58799257</t>
+  </si>
+  <si>
+    <t>Flexipool B.V.</t>
+  </si>
+  <si>
+    <t>12062916</t>
+  </si>
+  <si>
+    <t>Flexiwo B.V.</t>
+  </si>
+  <si>
+    <t>76611183</t>
+  </si>
+  <si>
+    <t>Flexpedia BT B.V.</t>
+  </si>
+  <si>
+    <t>70014655</t>
+  </si>
+  <si>
+    <t>Haarlem</t>
+  </si>
+  <si>
+    <t>Flexpedia Operations B.V.</t>
+  </si>
+  <si>
+    <t>70014744</t>
+  </si>
+  <si>
+    <t>Flexpedia OT B.V.</t>
+  </si>
+  <si>
+    <t>70014574</t>
+  </si>
+  <si>
+    <t>Flexpedia Uitzenden B B.V.</t>
+  </si>
+  <si>
+    <t>66851718</t>
+  </si>
+  <si>
+    <t>Flexpedia Uitzenden B.V.</t>
+  </si>
+  <si>
+    <t>70014728</t>
+  </si>
+  <si>
+    <t>Flexro B.V.</t>
+  </si>
+  <si>
+    <t>76312437</t>
+  </si>
+  <si>
+    <t>Flexrooms Investments B.V.</t>
+  </si>
+  <si>
+    <t>68361556</t>
+  </si>
+  <si>
+    <t>Oosterhout</t>
+  </si>
+  <si>
+    <t>Flextalent4U Uitzenden B.V.</t>
+  </si>
+  <si>
+    <t>83082646</t>
+  </si>
+  <si>
+    <t>Bleskensgraaf ca</t>
+  </si>
+  <si>
+    <t>Flexton housing B.V.</t>
+  </si>
+  <si>
+    <t>87097389</t>
+  </si>
+  <si>
+    <t>Flextra International B.V.</t>
+  </si>
+  <si>
+    <t>53682815</t>
+  </si>
+  <si>
+    <t>HERVELD</t>
+  </si>
+  <si>
+    <t>Flextra Specialisten B.V.</t>
+  </si>
+  <si>
+    <t>59470011</t>
+  </si>
+  <si>
+    <t>Flexurity B.V.</t>
+  </si>
+  <si>
+    <t>32118424</t>
+  </si>
+  <si>
+    <t>HOEVELAKEN</t>
+  </si>
+  <si>
+    <t>FlexWorld B.V.</t>
+  </si>
+  <si>
+    <t>66951704</t>
+  </si>
+  <si>
+    <t>FlexWorx! Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>27247617</t>
+  </si>
+  <si>
+    <t>Flierenhof OG B.V.</t>
+  </si>
+  <si>
+    <t>76324028</t>
+  </si>
+  <si>
+    <t>Maasbree</t>
+  </si>
+  <si>
+    <t>Fo-cus B.V.</t>
+  </si>
+  <si>
+    <t>61640417</t>
+  </si>
+  <si>
+    <t>Roosendaal</t>
+  </si>
+  <si>
+    <t>Fondo Monte B.V.</t>
+  </si>
+  <si>
+    <t>24190034</t>
+  </si>
+  <si>
+    <t>Hardinxveld-Giessendam</t>
+  </si>
+  <si>
+    <t>ForeignFlex B.V.</t>
+  </si>
+  <si>
+    <t>17122164</t>
+  </si>
+  <si>
+    <t>Fox Industries B.V.</t>
+  </si>
+  <si>
+    <t>08202248</t>
+  </si>
+  <si>
+    <t>Dedemsvaart</t>
+  </si>
+  <si>
+    <t>Fresh House B.V.</t>
+  </si>
+  <si>
+    <t>04086505</t>
+  </si>
+  <si>
+    <t>Veldhoven</t>
+  </si>
+  <si>
+    <t>Fresh Valley Maasbree B.V.</t>
+  </si>
+  <si>
+    <t>12057979</t>
+  </si>
+  <si>
+    <t>Fresh Valley Works B.V.</t>
+  </si>
+  <si>
+    <t>88845966</t>
+  </si>
+  <si>
+    <t>Boekel</t>
+  </si>
+  <si>
+    <t>Friendly Business Housing B.V.</t>
+  </si>
+  <si>
+    <t>82516367</t>
+  </si>
+  <si>
+    <t>G. Bosman en Zoon Nisse B.V.</t>
+  </si>
+  <si>
+    <t>22007846</t>
+  </si>
+  <si>
+    <t>Nisse</t>
+  </si>
+  <si>
+    <t>G.P. Burger Bloembollen B.V.</t>
+  </si>
+  <si>
+    <t>37061238</t>
+  </si>
+  <si>
+    <t>'T ZAND NH</t>
+  </si>
+  <si>
+    <t>Garant Verhuurbedrijf Flexwonen B.V.</t>
+  </si>
+  <si>
+    <t>78176743</t>
+  </si>
+  <si>
+    <t>Rijen</t>
+  </si>
+  <si>
+    <t>Gardener's Pride HRM B.V.</t>
+  </si>
+  <si>
+    <t>01111336</t>
+  </si>
+  <si>
+    <t>BEETGUM</t>
+  </si>
+  <si>
+    <t>Gebr. De Jong Beheer B.V.</t>
+  </si>
+  <si>
+    <t>36002983</t>
+  </si>
+  <si>
+    <t>Venhuizen</t>
+  </si>
+  <si>
+    <t>Gebroeders van Ruiten Beheer B.V.</t>
+  </si>
+  <si>
+    <t>28033044</t>
+  </si>
+  <si>
+    <t>Nieuwe Wetering</t>
+  </si>
+  <si>
+    <t>GECON-DETA NEDERLAND B.V.</t>
+  </si>
+  <si>
+    <t>64279103</t>
+  </si>
+  <si>
+    <t>Geulle</t>
+  </si>
+  <si>
+    <t>Genuine Works B.V.</t>
+  </si>
+  <si>
+    <t>87578697</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Geraeds Loonwerk</t>
+  </si>
+  <si>
+    <t>61161586</t>
+  </si>
+  <si>
+    <t>Gerbera United B.V.</t>
+  </si>
+  <si>
+    <t>24424064</t>
+  </si>
+  <si>
+    <t>Zevenhuizen</t>
+  </si>
+  <si>
+    <t>Germaco B.V.</t>
+  </si>
+  <si>
+    <t>50576046</t>
+  </si>
+  <si>
+    <t>Bovenkarspel</t>
+  </si>
+  <si>
+    <t>Geurts Teelt B.V.</t>
+  </si>
+  <si>
+    <t>17175103</t>
+  </si>
+  <si>
+    <t>Milheeze</t>
+  </si>
+  <si>
+    <t>96010274</t>
+  </si>
+  <si>
+    <t>Gi Group Temp B.V.</t>
+  </si>
+  <si>
+    <t>62745018</t>
+  </si>
+  <si>
+    <t>Gijs Koolen</t>
+  </si>
+  <si>
+    <t>0615287936</t>
+  </si>
+  <si>
+    <t>Almere</t>
+  </si>
+  <si>
+    <t>Go! Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>66436818</t>
+  </si>
+  <si>
+    <t>Goertz Verpakkingen B.V.</t>
+  </si>
+  <si>
+    <t>64834328</t>
+  </si>
+  <si>
+    <t>Maria Hoop</t>
+  </si>
+  <si>
+    <t>GoFresh B.V.</t>
+  </si>
+  <si>
+    <t>20121691</t>
+  </si>
+  <si>
+    <t>WERNHOUT</t>
+  </si>
+  <si>
+    <t>Good Start B.V.</t>
+  </si>
+  <si>
+    <t>92524842</t>
+  </si>
+  <si>
+    <t>Emmen</t>
+  </si>
+  <si>
+    <t>Goodmorning B.V.</t>
+  </si>
+  <si>
+    <t>20102482</t>
+  </si>
+  <si>
+    <t>GP-Connect B.V.</t>
+  </si>
+  <si>
+    <t>72293276</t>
+  </si>
+  <si>
+    <t>Breda</t>
+  </si>
+  <si>
+    <t>GPD Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>30213261</t>
+  </si>
+  <si>
+    <t>KUDELSTAART</t>
+  </si>
+  <si>
+    <t>GPS 2 Work B.V.</t>
+  </si>
+  <si>
+    <t>77682750</t>
+  </si>
+  <si>
+    <t>GR8 Move B.V.</t>
+  </si>
+  <si>
+    <t>89087690</t>
+  </si>
+  <si>
+    <t>Graser Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>09146913</t>
+  </si>
+  <si>
+    <t>Huissen</t>
+  </si>
+  <si>
+    <t>Green Talent B.V.</t>
+  </si>
+  <si>
+    <t>27344449</t>
+  </si>
+  <si>
+    <t>STEENBERGEN NB</t>
+  </si>
+  <si>
+    <t>GreenFlex Facilities B.V.</t>
+  </si>
+  <si>
+    <t>67756549</t>
+  </si>
+  <si>
+    <t>Kudelstaart</t>
+  </si>
+  <si>
+    <t>Greenhouse Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>78627001</t>
+  </si>
+  <si>
+    <t>VENLO</t>
+  </si>
+  <si>
+    <t>Greenpower uitzendburo B.V.</t>
+  </si>
+  <si>
+    <t>30155456</t>
+  </si>
+  <si>
+    <t>Groene Hart Service Detachering B.V</t>
+  </si>
+  <si>
+    <t>24353079</t>
+  </si>
+  <si>
+    <t>Reeuwijk</t>
+  </si>
+  <si>
+    <t>Groot &amp; Groot Holding B.V.</t>
+  </si>
+  <si>
+    <t>60492929</t>
+  </si>
+  <si>
+    <t>Andijk</t>
+  </si>
+  <si>
+    <t>GSI B.V. hodn Wanted Logistics</t>
+  </si>
+  <si>
+    <t>62431986</t>
+  </si>
+  <si>
+    <t>Hoofddorp</t>
+  </si>
+  <si>
+    <t>Haiza</t>
+  </si>
+  <si>
+    <t>72953330</t>
+  </si>
+  <si>
+    <t>Halkers Groesbeek B.V.</t>
+  </si>
+  <si>
+    <t>09214011</t>
+  </si>
+  <si>
+    <t>HAM Nederland B.V.</t>
+  </si>
+  <si>
+    <t>54881757</t>
+  </si>
+  <si>
+    <t>HIERDEN</t>
+  </si>
+  <si>
+    <t>Handelsonderneming RvB B.V.</t>
+  </si>
+  <si>
+    <t>11059063</t>
+  </si>
+  <si>
+    <t>Ravenswaaij</t>
+  </si>
+  <si>
+    <t>Hans Huisvesting</t>
+  </si>
+  <si>
+    <t>91871662</t>
+  </si>
+  <si>
+    <t>Grubbenvorst</t>
+  </si>
+  <si>
+    <t>HaPé Uitzendorganisatie B.V.</t>
+  </si>
+  <si>
+    <t>30138160</t>
+  </si>
+  <si>
+    <t>PUTTEN</t>
+  </si>
+  <si>
+    <t>Hardewerkers.com B.V.</t>
+  </si>
+  <si>
+    <t>66474280</t>
+  </si>
+  <si>
+    <t>Havenzicht Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>97471038</t>
+  </si>
+  <si>
+    <t>Middenbeemster</t>
+  </si>
+  <si>
+    <t>HAVOS Vastgoedbelegging B.V.</t>
+  </si>
+  <si>
+    <t>02099185</t>
+  </si>
+  <si>
+    <t>Slochteren</t>
+  </si>
+  <si>
+    <t>HCA Project Support Nederland B.V.</t>
+  </si>
+  <si>
+    <t>18056506</t>
+  </si>
+  <si>
+    <t>ROTTERDAM</t>
+  </si>
+  <si>
+    <t>Head Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>24428815</t>
+  </si>
+  <si>
+    <t>Leerdam</t>
+  </si>
+  <si>
+    <t>HelloFlex People 200 B.V.</t>
+  </si>
+  <si>
+    <t>32136747</t>
+  </si>
+  <si>
+    <t>Amersfoort</t>
+  </si>
+  <si>
+    <t>Heuveltje Beek B.V.</t>
+  </si>
+  <si>
+    <t>93427336</t>
+  </si>
+  <si>
+    <t>HUISSEN</t>
+  </si>
+  <si>
+    <t>HOBIJ Staffing B.V.</t>
+  </si>
+  <si>
+    <t>17093022</t>
+  </si>
+  <si>
+    <t>Hofstad Management B.V.</t>
+  </si>
+  <si>
+    <t>86204467</t>
+  </si>
+  <si>
+    <t>Holtri vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>76317013</t>
+  </si>
+  <si>
+    <t>Ruinen</t>
+  </si>
+  <si>
+    <t>Home from home facilities B.V.</t>
+  </si>
+  <si>
+    <t>88364518</t>
+  </si>
+  <si>
+    <t>Houten</t>
+  </si>
+  <si>
+    <t>Home Rentals</t>
+  </si>
+  <si>
+    <t>86347136</t>
+  </si>
+  <si>
+    <t>Oostvoorne</t>
+  </si>
+  <si>
+    <t>Homeflex B.V.</t>
+  </si>
+  <si>
+    <t>24397918</t>
+  </si>
+  <si>
+    <t>SLIEDRECHT</t>
+  </si>
+  <si>
+    <t>Honeycomb Packaging B.V.</t>
+  </si>
+  <si>
+    <t>05073616</t>
+  </si>
+  <si>
+    <t>Genemuiden</t>
+  </si>
+  <si>
+    <t>Horizon Meat Services B.V.</t>
+  </si>
+  <si>
+    <t>09100891</t>
+  </si>
+  <si>
+    <t>Velp</t>
+  </si>
+  <si>
+    <t>Hortus 2 Work B.V.</t>
+  </si>
+  <si>
+    <t>62435868</t>
+  </si>
+  <si>
+    <t>MAASBREE</t>
+  </si>
+  <si>
+    <t>Hotel Harlingen B.V.</t>
+  </si>
+  <si>
+    <t>37062780</t>
+  </si>
+  <si>
+    <t>Harlingen</t>
+  </si>
+  <si>
+    <t>Hotel Maarsbergen B.V.</t>
+  </si>
+  <si>
+    <t>63821400</t>
+  </si>
+  <si>
+    <t>HEESCH</t>
+  </si>
+  <si>
+    <t>Housing &amp; Transport Facilities B.V.</t>
+  </si>
+  <si>
+    <t>34261308</t>
+  </si>
+  <si>
+    <t>Housing To Go B.V.</t>
+  </si>
+  <si>
+    <t>93935595</t>
+  </si>
+  <si>
+    <t>Vierpolders</t>
+  </si>
+  <si>
+    <t>HPN+ B.V.</t>
+  </si>
+  <si>
+    <t>08219282</t>
+  </si>
+  <si>
+    <t>ENSCHEDE</t>
+  </si>
+  <si>
+    <t>HTS Housing B.V.</t>
+  </si>
+  <si>
+    <t>52333485</t>
+  </si>
+  <si>
+    <t>DEURSEN-DENNENBURG</t>
+  </si>
+  <si>
+    <t>Hubbs B.V.</t>
+  </si>
+  <si>
+    <t>72070056</t>
+  </si>
+  <si>
+    <t>RIDDERKERK</t>
+  </si>
+  <si>
+    <t>Huigsloot Tulpen V.O.F.</t>
+  </si>
+  <si>
+    <t>28036468</t>
+  </si>
+  <si>
+    <t>Oude Wetering</t>
+  </si>
+  <si>
+    <t>Huisvesting NL B.V.</t>
+  </si>
+  <si>
+    <t>60921900</t>
+  </si>
+  <si>
+    <t>Nunspeet</t>
+  </si>
+  <si>
+    <t>Huls &amp; Hoffmann Personeel V.O.F.</t>
+  </si>
+  <si>
+    <t>65524381</t>
+  </si>
+  <si>
+    <t>Human Services B.V.</t>
+  </si>
+  <si>
+    <t>70103003</t>
+  </si>
+  <si>
+    <t>Roelofarendsveen</t>
+  </si>
+  <si>
+    <t>Huurrendement Nederland B.V.</t>
+  </si>
+  <si>
+    <t>92574564</t>
+  </si>
+  <si>
+    <t>I-Housing Vastgoed Beheer B.V.</t>
+  </si>
+  <si>
+    <t>81783604</t>
+  </si>
+  <si>
+    <t>ICE Agency B.V.</t>
+  </si>
+  <si>
+    <t>27332323</t>
+  </si>
+  <si>
+    <t>IFC B.V.</t>
+  </si>
+  <si>
+    <t>63659832</t>
+  </si>
+  <si>
+    <t>ZWIJNDRECHT</t>
+  </si>
+  <si>
+    <t>IFC People B.V.</t>
+  </si>
+  <si>
+    <t>63663600</t>
+  </si>
+  <si>
+    <t>IFC Work B.V.</t>
+  </si>
+  <si>
+    <t>63663597</t>
+  </si>
+  <si>
+    <t>IK Facilities B.V.</t>
+  </si>
+  <si>
+    <t>94909113</t>
+  </si>
+  <si>
+    <t>InAxtion B.V.</t>
+  </si>
+  <si>
+    <t>24295300</t>
+  </si>
+  <si>
+    <t>Dordrecht</t>
+  </si>
+  <si>
+    <t>InAxtion Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>16074829</t>
+  </si>
+  <si>
+    <t>Ridderkerk</t>
+  </si>
+  <si>
+    <t>Industriële Personeels Voorzieningen B.V.</t>
+  </si>
+  <si>
+    <t>32079696</t>
+  </si>
+  <si>
+    <t>Ede</t>
+  </si>
+  <si>
+    <t>Inka Housing B.V.</t>
+  </si>
+  <si>
+    <t>34165669</t>
+  </si>
+  <si>
+    <t>ALKMAAR</t>
+  </si>
+  <si>
+    <t>Inter-Professionals B.V.</t>
+  </si>
+  <si>
+    <t>71262075</t>
+  </si>
+  <si>
+    <t>Beuningen gld</t>
+  </si>
+  <si>
+    <t>Interim Jobs B.V.</t>
+  </si>
+  <si>
+    <t>67044360</t>
+  </si>
+  <si>
+    <t>Interkosmos B.V.</t>
+  </si>
+  <si>
+    <t>17136702</t>
+  </si>
+  <si>
+    <t>DEURNE</t>
+  </si>
+  <si>
+    <t>International &amp; Domestic Housing Solutions (IDHS) B.V.</t>
+  </si>
+  <si>
+    <t>81880294</t>
+  </si>
+  <si>
+    <t>DIDAM</t>
+  </si>
+  <si>
+    <t>International Flex Job B.V.</t>
+  </si>
+  <si>
+    <t>27323776</t>
+  </si>
+  <si>
+    <t>International Services Group B.V.</t>
+  </si>
+  <si>
+    <t>24330600</t>
+  </si>
+  <si>
+    <t>Interstar Stuwadoors B.V. hodn Interstar Dienstverlening B.V.</t>
+  </si>
+  <si>
+    <t>16065994</t>
+  </si>
+  <si>
+    <t>VELDDRIEL</t>
+  </si>
+  <si>
+    <t>Interwel Oost B.V.</t>
+  </si>
+  <si>
+    <t>04067303</t>
+  </si>
+  <si>
+    <t>NIEUWLEUSEN</t>
+  </si>
+  <si>
+    <t>Intraservis B.V.</t>
+  </si>
+  <si>
+    <t>89655621</t>
+  </si>
+  <si>
+    <t>Intrixo B.V.</t>
+  </si>
+  <si>
+    <t>27185827</t>
+  </si>
+  <si>
+    <t>Maasland</t>
+  </si>
+  <si>
+    <t>Intro Personeel B.V.</t>
+  </si>
+  <si>
+    <t>24397919</t>
+  </si>
+  <si>
+    <t>Ionut Jobs B.V.</t>
+  </si>
+  <si>
+    <t>77935551</t>
+  </si>
+  <si>
+    <t>Beesd</t>
+  </si>
+  <si>
+    <t>IPFG B.V.</t>
+  </si>
+  <si>
+    <t>82524793</t>
+  </si>
+  <si>
+    <t>IQ Select B.V.</t>
+  </si>
+  <si>
+    <t>76148734</t>
+  </si>
+  <si>
+    <t>BARENDRECHT</t>
+  </si>
+  <si>
+    <t>Ira Kuiper hodn Pension Kuiper</t>
+  </si>
+  <si>
+    <t>54535344</t>
+  </si>
+  <si>
+    <t>Delfzijl</t>
+  </si>
+  <si>
+    <t>J. Rodenburg hodn J. Rodenburg</t>
+  </si>
+  <si>
+    <t>57753431</t>
+  </si>
+  <si>
+    <t>ENS</t>
+  </si>
+  <si>
+    <t>J.A. Borst Bloembollen B.V.</t>
+  </si>
+  <si>
+    <t>36031989</t>
+  </si>
+  <si>
+    <t>Obdam</t>
+  </si>
+  <si>
+    <t>J.C. Vernooij-Werkhoven B.V.</t>
+  </si>
+  <si>
+    <t>30163212</t>
+  </si>
+  <si>
+    <t>Vleuten</t>
+  </si>
+  <si>
+    <t>J.E. Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>82639760</t>
+  </si>
+  <si>
+    <t>Oosterwolde Gld</t>
+  </si>
+  <si>
+    <t>J.F.M. Havermans Beheer B.V.</t>
+  </si>
+  <si>
+    <t>18055196</t>
+  </si>
+  <si>
+    <t>Wagenberg</t>
+  </si>
+  <si>
+    <t>J.T.M. Otjens V.O.F.</t>
+  </si>
+  <si>
+    <t>20092550</t>
+  </si>
+  <si>
+    <t>J.W.A. van der Wereld B.V.</t>
+  </si>
+  <si>
+    <t>37033295</t>
+  </si>
+  <si>
+    <t>J&amp;S Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>61362824</t>
+  </si>
+  <si>
+    <t>Sexbierum</t>
+  </si>
+  <si>
+    <t>Jachtschade B.V.</t>
+  </si>
+  <si>
+    <t>34226624</t>
+  </si>
+  <si>
+    <t>Janity Flowers B.V.</t>
+  </si>
+  <si>
+    <t>11069389</t>
+  </si>
+  <si>
+    <t>Bruchem</t>
+  </si>
+  <si>
+    <t>Jansen B.V.</t>
+  </si>
+  <si>
+    <t>20086531</t>
+  </si>
+  <si>
+    <t>Jansen en De Wit Detachering B.V.</t>
+  </si>
+  <si>
+    <t>52600181</t>
+  </si>
+  <si>
+    <t>Jigler Payroll B.V.</t>
+  </si>
+  <si>
+    <t>67200591</t>
+  </si>
+  <si>
+    <t>Jigler Uitzenden B.V.</t>
+  </si>
+  <si>
+    <t>67200575</t>
+  </si>
+  <si>
+    <t>JJM Personeel B.V.</t>
+  </si>
+  <si>
+    <t>67695280</t>
+  </si>
+  <si>
+    <t>Schijndel</t>
+  </si>
+  <si>
+    <t>Job Investment B.V</t>
+  </si>
+  <si>
+    <t>63603314</t>
+  </si>
+  <si>
+    <t>'s-Hertogenbosch</t>
+  </si>
+  <si>
+    <t>Job's Bemiddeling B.V.</t>
+  </si>
+  <si>
+    <t>68844077</t>
+  </si>
+  <si>
+    <t>Noordwijk</t>
+  </si>
+  <si>
+    <t>Jobair B.V.</t>
+  </si>
+  <si>
+    <t>61978809</t>
+  </si>
+  <si>
+    <t>Schiphol</t>
+  </si>
+  <si>
+    <t>Jobcenter Haaglanden B.V.</t>
+  </si>
+  <si>
+    <t>28092479</t>
+  </si>
+  <si>
+    <t>Poeldijk</t>
+  </si>
+  <si>
+    <t>Jobcenter Wonen B.V.</t>
+  </si>
+  <si>
+    <t>65004469</t>
+  </si>
+  <si>
+    <t>POELDIJK</t>
+  </si>
+  <si>
+    <t>Jobfield B.V.</t>
+  </si>
+  <si>
+    <t>57604673</t>
+  </si>
+  <si>
+    <t>Heerhugowaard</t>
+  </si>
+  <si>
+    <t>JobXion Vakmensen B.V.</t>
+  </si>
+  <si>
+    <t>51796902</t>
+  </si>
+  <si>
+    <t>GELDERMALSEN</t>
+  </si>
+  <si>
+    <t>JOBZ uitzendbureau</t>
+  </si>
+  <si>
+    <t>85414840</t>
+  </si>
+  <si>
+    <t>Marknesse</t>
+  </si>
+  <si>
+    <t>JoeToe Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>82422613</t>
+  </si>
+  <si>
+    <t>Jolwerk B.V.</t>
+  </si>
+  <si>
+    <t>01140803</t>
+  </si>
+  <si>
+    <t>ST.-JACOBIPAROCHIE</t>
+  </si>
+  <si>
+    <t>Jonkman Tuinbouw B.V.</t>
+  </si>
+  <si>
+    <t>85197742</t>
+  </si>
+  <si>
+    <t>JS Uitzendorganisatie B.V.</t>
+  </si>
+  <si>
+    <t>34125248</t>
+  </si>
+  <si>
+    <t>Jumelet Beheer B.V.</t>
+  </si>
+  <si>
+    <t>34081114</t>
+  </si>
+  <si>
+    <t>IJMUIDEN</t>
+  </si>
+  <si>
+    <t>Jumelet Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>70023018</t>
+  </si>
+  <si>
+    <t>IJmuiden</t>
+  </si>
+  <si>
+    <t>Jupiter Uitzendbureau Westland B.V.</t>
+  </si>
+  <si>
+    <t>12057259</t>
+  </si>
+  <si>
+    <t>K-Tempoline B.V.</t>
+  </si>
+  <si>
+    <t>55296424</t>
+  </si>
+  <si>
+    <t>K.D. Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>83944117</t>
+  </si>
+  <si>
+    <t>Kaaij Kwekerij B.V.</t>
+  </si>
+  <si>
+    <t>77685369</t>
+  </si>
+  <si>
+    <t>Berltsum</t>
+  </si>
+  <si>
+    <t>KaFra Exploitatie BV.</t>
+  </si>
+  <si>
+    <t>72176741</t>
+  </si>
+  <si>
+    <t>Venray</t>
+  </si>
+  <si>
+    <t>Kahraman B.V.</t>
+  </si>
+  <si>
+    <t>64660109</t>
+  </si>
+  <si>
+    <t>Kajuit B.V.</t>
+  </si>
+  <si>
+    <t>85828904</t>
+  </si>
+  <si>
+    <t>Urk</t>
+  </si>
+  <si>
+    <t>Kapiteyn Beheer B.V.</t>
+  </si>
+  <si>
+    <t>37066406</t>
+  </si>
+  <si>
+    <t>BREEZAND</t>
+  </si>
+  <si>
+    <t>Kaya Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>64728803</t>
+  </si>
+  <si>
+    <t>Kennemer Uitzend B.V.</t>
+  </si>
+  <si>
+    <t>55774121</t>
+  </si>
+  <si>
+    <t>Kennemerland Uitzendorganisatie B.V</t>
+  </si>
+  <si>
+    <t>34182449</t>
+  </si>
+  <si>
+    <t>Kester Uitzendburo B.V.</t>
+  </si>
+  <si>
+    <t>04087604</t>
+  </si>
+  <si>
+    <t>Key4work B.V.</t>
+  </si>
+  <si>
+    <t>75551438</t>
+  </si>
+  <si>
+    <t>Hengelo</t>
+  </si>
+  <si>
+    <t>Kiwi Agro B.V.</t>
+  </si>
+  <si>
+    <t>67289509</t>
+  </si>
+  <si>
+    <t>HOOGEZAND</t>
+  </si>
+  <si>
+    <t>Kiwi Flexforce B.V.</t>
+  </si>
+  <si>
+    <t>53795334</t>
+  </si>
+  <si>
+    <t>Kiwi HRM Solutions B.V.</t>
+  </si>
+  <si>
+    <t>53217543</t>
+  </si>
+  <si>
+    <t>Hoogezand</t>
+  </si>
+  <si>
+    <t>Kiwi Personeelsgroep B.V.</t>
+  </si>
+  <si>
+    <t>01078066</t>
+  </si>
+  <si>
+    <t>Konekta Industries B.V.</t>
+  </si>
+  <si>
+    <t>59380160</t>
+  </si>
+  <si>
+    <t>Rhoon</t>
+  </si>
+  <si>
+    <t>Konekta Services B.V.</t>
+  </si>
+  <si>
+    <t>56171048</t>
+  </si>
+  <si>
+    <t>Kordaat Agri B.V.</t>
+  </si>
+  <si>
+    <t>57301964</t>
+  </si>
+  <si>
+    <t>Emmeloord</t>
+  </si>
+  <si>
+    <t>KSD-Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>71268901</t>
+  </si>
+  <si>
+    <t>Rijssen</t>
+  </si>
+  <si>
+    <t>Kuzo Facilitair B.V.</t>
+  </si>
+  <si>
+    <t>56874316</t>
+  </si>
+  <si>
+    <t>Kwaliteitsbureau Arbeidszaken B.V.</t>
+  </si>
+  <si>
+    <t>28089504</t>
+  </si>
+  <si>
+    <t>Leiden</t>
+  </si>
+  <si>
+    <t>Kwekerij A. Bakker &amp; Zn. B.V.</t>
+  </si>
+  <si>
+    <t>37044167</t>
+  </si>
+  <si>
+    <t>Kwekerij Andijk Exploitatie B.V.</t>
+  </si>
+  <si>
+    <t>58932720</t>
+  </si>
+  <si>
+    <t>ANDIJK</t>
+  </si>
+  <si>
+    <t>Kwekerij Ardea B.V.</t>
+  </si>
+  <si>
+    <t>37013055</t>
+  </si>
+  <si>
+    <t>Kwekerij De Wieringermeer B.V.</t>
+  </si>
+  <si>
+    <t>27288299</t>
+  </si>
+  <si>
+    <t>MIDDENMEER</t>
+  </si>
+  <si>
+    <t>Kwekerij Erik Overtoom B.V.</t>
+  </si>
+  <si>
+    <t>69078610</t>
+  </si>
+  <si>
+    <t>HEERHUGOWAARD</t>
+  </si>
+  <si>
+    <t>Kwekerij Loos Moerstraten B.V.</t>
+  </si>
+  <si>
+    <t>67094287</t>
+  </si>
+  <si>
+    <t>Moerstraten</t>
+  </si>
+  <si>
+    <t>Kwekerij Monnikenwaard B.V.</t>
+  </si>
+  <si>
+    <t>76825590</t>
+  </si>
+  <si>
+    <t>NIEUWAAL</t>
+  </si>
+  <si>
+    <t>Kwekerij Roobeek B.V.</t>
+  </si>
+  <si>
+    <t>70891605</t>
+  </si>
+  <si>
+    <t>Arcen</t>
+  </si>
+  <si>
+    <t>Kwekerij Verboom B.V.</t>
+  </si>
+  <si>
+    <t>29026441</t>
+  </si>
+  <si>
+    <t>L. van Dijk Handelsonderneming</t>
+  </si>
+  <si>
+    <t>73849189</t>
+  </si>
+  <si>
+    <t>L.J. Pippel Holding B.V.</t>
+  </si>
+  <si>
+    <t>74637924</t>
+  </si>
+  <si>
+    <t>Brakel</t>
+  </si>
+  <si>
+    <t>Labour Housing B.V.</t>
+  </si>
+  <si>
+    <t>50188895</t>
+  </si>
+  <si>
+    <t>VENRAY</t>
+  </si>
+  <si>
+    <t>Labourlink Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>51970465</t>
+  </si>
+  <si>
+    <t>Langedijk Lelies B.V.</t>
+  </si>
+  <si>
+    <t>36042950</t>
+  </si>
+  <si>
+    <t>HOOGWOUD</t>
+  </si>
+  <si>
+    <t>Laurens Tullemans Activa B.V.</t>
+  </si>
+  <si>
+    <t>13041820</t>
+  </si>
+  <si>
+    <t>Weert</t>
+  </si>
+  <si>
+    <t>LEAN Uitzend Service B.V.</t>
+  </si>
+  <si>
+    <t>62283499</t>
+  </si>
+  <si>
+    <t>HEUSDEN GEM. ASTEN</t>
+  </si>
+  <si>
+    <t>Leenders Roosters V.O.F.</t>
+  </si>
+  <si>
+    <t>81605560</t>
+  </si>
+  <si>
+    <t>Beek en donk</t>
+  </si>
+  <si>
+    <t>Leistra Metaalconservering</t>
+  </si>
+  <si>
+    <t>72737654</t>
+  </si>
+  <si>
+    <t>Kûbaard</t>
+  </si>
+  <si>
+    <t>Level One Hoogweg Housing B.V.</t>
+  </si>
+  <si>
+    <t>72434457</t>
+  </si>
+  <si>
+    <t>Level One North B.V.</t>
+  </si>
+  <si>
+    <t>39085480</t>
+  </si>
+  <si>
+    <t>EMMELOORD</t>
+  </si>
+  <si>
+    <t>Level One Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>01123031</t>
+  </si>
+  <si>
+    <t>Linberries Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>72686723</t>
+  </si>
+  <si>
+    <t>LIS B.V.</t>
+  </si>
+  <si>
+    <t>51602148</t>
+  </si>
+  <si>
+    <t>Zuilichem</t>
+  </si>
+  <si>
+    <t>Logejo B.V.</t>
+  </si>
+  <si>
+    <t>62801201</t>
+  </si>
+  <si>
+    <t>VALKENSWAARD</t>
+  </si>
+  <si>
+    <t>Logejo Boskoop B.V.</t>
+  </si>
+  <si>
+    <t>65526937</t>
+  </si>
+  <si>
+    <t>Valkenswaard</t>
+  </si>
+  <si>
+    <t>Love2drive</t>
+  </si>
+  <si>
+    <t>50157426</t>
+  </si>
+  <si>
+    <t>M. Litjens Beheer B.V.</t>
+  </si>
+  <si>
+    <t>12042927</t>
+  </si>
+  <si>
+    <t>Meterik</t>
+  </si>
+  <si>
+    <t>M. van den Nieuwelaar B.V.</t>
+  </si>
+  <si>
+    <t>64913651</t>
+  </si>
+  <si>
+    <t>M.H.A. Sengers</t>
+  </si>
+  <si>
+    <t>Berg en Dal</t>
+  </si>
+  <si>
+    <t>M.H.M. van Herwijnen</t>
+  </si>
+  <si>
+    <t>Kerkdriel</t>
+  </si>
+  <si>
+    <t>MaasJobs B.V.</t>
+  </si>
+  <si>
+    <t>56002750</t>
+  </si>
+  <si>
+    <t>BLEISWIJK</t>
+  </si>
+  <si>
+    <t>Maasland Champignons B.V.</t>
+  </si>
+  <si>
+    <t>11027799</t>
+  </si>
+  <si>
+    <t>Hedel</t>
+  </si>
+  <si>
+    <t>Maasvallei Oost Invest B.V.</t>
+  </si>
+  <si>
+    <t>22062614</t>
+  </si>
+  <si>
+    <t>Maatschap D. Lokerse - M. Lokerse-Houmes</t>
+  </si>
+  <si>
+    <t>57832897</t>
+  </si>
+  <si>
+    <t>Kruiningen</t>
+  </si>
+  <si>
+    <t>Maatschap G.J.N. Flikweert en A. Flikweert-Flier</t>
+  </si>
+  <si>
+    <t>20151074</t>
+  </si>
+  <si>
+    <t>Nieuwerkerk</t>
+  </si>
+  <si>
+    <t>Maatschap J.H. Hakkert</t>
+  </si>
+  <si>
+    <t>30277875</t>
+  </si>
+  <si>
+    <t>METEREN</t>
+  </si>
+  <si>
+    <t>Maatschap M.A.J.J. en A.M.R.W. van Rooi</t>
+  </si>
+  <si>
+    <t>17248258</t>
+  </si>
+  <si>
+    <t>Lieshout</t>
+  </si>
+  <si>
+    <t>Maatschap Van Gerven</t>
+  </si>
+  <si>
+    <t>53523881</t>
+  </si>
+  <si>
+    <t>Oirschot</t>
+  </si>
+  <si>
+    <t>Maatschap van Iersel-Aarts</t>
+  </si>
+  <si>
+    <t>59924322</t>
+  </si>
+  <si>
+    <t>Udenhout</t>
+  </si>
+  <si>
+    <t>Maatschap Wolters</t>
+  </si>
+  <si>
+    <t>51150050</t>
+  </si>
+  <si>
+    <t>Stramproy</t>
+  </si>
+  <si>
+    <t>Maestro Bedrijfsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>76529568</t>
+  </si>
+  <si>
+    <t>Maintec B.V.</t>
+  </si>
+  <si>
+    <t>02038220</t>
+  </si>
+  <si>
+    <t>Manders Aardbeien B.V.</t>
+  </si>
+  <si>
+    <t>60375671</t>
+  </si>
+  <si>
+    <t>Manschap B.V.</t>
+  </si>
+  <si>
+    <t>08156026</t>
+  </si>
+  <si>
+    <t>Almelo</t>
+  </si>
+  <si>
+    <t>Marchamp B.V.</t>
+  </si>
+  <si>
+    <t>97691062</t>
+  </si>
+  <si>
+    <t>Mariahout</t>
+  </si>
+  <si>
+    <t>Marjo Job B.V.</t>
+  </si>
+  <si>
+    <t>24390057</t>
+  </si>
+  <si>
+    <t>WADDINXVEEN</t>
+  </si>
+  <si>
+    <t>Masterteam B.V.</t>
+  </si>
+  <si>
+    <t>30110824</t>
+  </si>
+  <si>
+    <t>Maveridge International B.V.</t>
+  </si>
+  <si>
+    <t>37070655</t>
+  </si>
+  <si>
+    <t>Sint maarten</t>
+  </si>
+  <si>
+    <t>Maximale Mankracht B.V.</t>
+  </si>
+  <si>
+    <t>57087792</t>
+  </si>
+  <si>
+    <t>Maxxy Housing B.V.</t>
+  </si>
+  <si>
+    <t>93325975</t>
+  </si>
+  <si>
+    <t>Maxxy V.O.F.</t>
+  </si>
+  <si>
+    <t>78614724</t>
+  </si>
+  <si>
+    <t>MDI Techniek B.V.</t>
+  </si>
+  <si>
+    <t>09177689</t>
+  </si>
+  <si>
+    <t>NEEDE</t>
+  </si>
+  <si>
+    <t>Metaal Flex Nederland B.V.</t>
+  </si>
+  <si>
+    <t>17112062</t>
+  </si>
+  <si>
+    <t>HAPERT</t>
+  </si>
+  <si>
+    <t>Mevrouw A. Ilie</t>
+  </si>
+  <si>
+    <t>Sint Jacobiparochie</t>
+  </si>
+  <si>
+    <t>Mixx Inn B.V.</t>
+  </si>
+  <si>
+    <t>84863536</t>
+  </si>
+  <si>
+    <t>MJN Verhuur B.V.</t>
+  </si>
+  <si>
+    <t>88028275</t>
+  </si>
+  <si>
+    <t>Momo Estates Nederland B.V.</t>
+  </si>
+  <si>
+    <t>78605792</t>
+  </si>
+  <si>
+    <t>Terneuzen</t>
+  </si>
+  <si>
+    <t>Mondial Detachering B.V.</t>
+  </si>
+  <si>
+    <t>37137318</t>
+  </si>
+  <si>
+    <t>SCHAGEN</t>
+  </si>
+  <si>
+    <t>Mondial Uitzend B.V.</t>
+  </si>
+  <si>
+    <t>37117424</t>
+  </si>
+  <si>
+    <t>Mondial Vivant B.V.</t>
+  </si>
+  <si>
+    <t>37102459</t>
+  </si>
+  <si>
+    <t>Mooi Valkenburg B.V.</t>
+  </si>
+  <si>
+    <t>86637509</t>
+  </si>
+  <si>
+    <t>Elsloo</t>
+  </si>
+  <si>
+    <t>Moonen-Bongaerts Roggel Holding B.V.</t>
+  </si>
+  <si>
+    <t>12045910</t>
+  </si>
+  <si>
+    <t>Roggel</t>
+  </si>
+  <si>
+    <t>Moorsagri V.O.F.</t>
+  </si>
+  <si>
+    <t>73638013</t>
+  </si>
+  <si>
+    <t>WIERINGERWERF</t>
+  </si>
+  <si>
+    <t>Mous Vastgoed</t>
+  </si>
+  <si>
+    <t>68036566</t>
+  </si>
+  <si>
+    <t>LEMMER</t>
+  </si>
+  <si>
+    <t>Mployment Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>63423065</t>
+  </si>
+  <si>
+    <t>LISSE</t>
+  </si>
+  <si>
+    <t>Mts Wismans Leunen</t>
+  </si>
+  <si>
+    <t>78302811</t>
+  </si>
+  <si>
+    <t>Leunen</t>
+  </si>
+  <si>
+    <t>Mts. G.M. Wijnstekers</t>
+  </si>
+  <si>
+    <t>30283493</t>
+  </si>
+  <si>
+    <t>Mts. H. van Deurzen, en H. van Deurzen Holding B.V</t>
+  </si>
+  <si>
+    <t>50215477</t>
+  </si>
+  <si>
+    <t>Grashoek</t>
+  </si>
+  <si>
+    <t>Mts. L. Weidenaar, J.L. Weidenaar en L.T. Weidenaar-Tania</t>
+  </si>
+  <si>
+    <t>01174920</t>
+  </si>
+  <si>
+    <t>Nes</t>
+  </si>
+  <si>
+    <t>Muchamp Champignons B.V.</t>
+  </si>
+  <si>
+    <t>52422453</t>
+  </si>
+  <si>
+    <t>Multi Work Nederland B.V.</t>
+  </si>
+  <si>
+    <t>53650239</t>
+  </si>
+  <si>
+    <t>Multifinca B.V.</t>
+  </si>
+  <si>
+    <t>12037512</t>
+  </si>
+  <si>
+    <t>Multifresa B.V.</t>
+  </si>
+  <si>
+    <t>96413301</t>
+  </si>
+  <si>
+    <t>Multigrow Grashoek B.V.</t>
+  </si>
+  <si>
+    <t>96409894</t>
+  </si>
+  <si>
+    <t>Multimax B.V.</t>
+  </si>
+  <si>
+    <t>32170974</t>
+  </si>
+  <si>
+    <t>ARNHEM</t>
+  </si>
+  <si>
+    <t>Mupol Facilities B.V.</t>
+  </si>
+  <si>
+    <t>56884885</t>
+  </si>
+  <si>
+    <t>N2 People B.V.</t>
+  </si>
+  <si>
+    <t>17206030</t>
+  </si>
+  <si>
+    <t>UDEN</t>
+  </si>
+  <si>
+    <t>Namino B.V.</t>
+  </si>
+  <si>
+    <t>77931653</t>
+  </si>
+  <si>
+    <t>Wehl</t>
+  </si>
+  <si>
+    <t>NAN Capital B.V.</t>
+  </si>
+  <si>
+    <t>73975591</t>
+  </si>
+  <si>
+    <t>Ned Personeel B.V.</t>
+  </si>
+  <si>
+    <t>20040496</t>
+  </si>
+  <si>
+    <t>NED Work People B.V.</t>
+  </si>
+  <si>
+    <t>80901905</t>
+  </si>
+  <si>
+    <t>Nedflex Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>37084820</t>
+  </si>
+  <si>
+    <t>De Goorn</t>
+  </si>
+  <si>
+    <t>Nedflex Work Detachering B.V.</t>
+  </si>
+  <si>
+    <t>72089903</t>
+  </si>
+  <si>
+    <t>DE GOORN</t>
+  </si>
+  <si>
+    <t>Neessen Werkt B.V.</t>
+  </si>
+  <si>
+    <t>66598109</t>
+  </si>
+  <si>
+    <t>Nesco B.V.</t>
+  </si>
+  <si>
+    <t>71936696</t>
+  </si>
+  <si>
+    <t>Nesco Biologische Champignons B.V.</t>
+  </si>
+  <si>
+    <t>09197203</t>
+  </si>
+  <si>
+    <t>NestrX B.V.</t>
+  </si>
+  <si>
+    <t>91718821</t>
+  </si>
+  <si>
+    <t>NetWork People B.V.</t>
+  </si>
+  <si>
+    <t>92468527</t>
+  </si>
+  <si>
+    <t>Niden B.V.</t>
+  </si>
+  <si>
+    <t>80350348</t>
+  </si>
+  <si>
+    <t>De Lier</t>
+  </si>
+  <si>
+    <t>Nivo B.V.</t>
+  </si>
+  <si>
+    <t>17194448</t>
+  </si>
+  <si>
+    <t>Oss</t>
+  </si>
+  <si>
+    <t>NL Housing B.V.</t>
+  </si>
+  <si>
+    <t>75191806</t>
+  </si>
+  <si>
+    <t>Appingedam</t>
+  </si>
+  <si>
+    <t>NL Jobs UZB B.V.</t>
+  </si>
+  <si>
+    <t>27366510</t>
+  </si>
+  <si>
+    <t>No Brothers Nederland B.V.</t>
+  </si>
+  <si>
+    <t>09184607</t>
+  </si>
+  <si>
+    <t>DUIVEN</t>
+  </si>
+  <si>
+    <t>Noordhuys Staffing B.V.</t>
+  </si>
+  <si>
+    <t>85009601</t>
+  </si>
+  <si>
+    <t>Oude-tonge</t>
+  </si>
+  <si>
+    <t>Noordplus Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>71689893</t>
+  </si>
+  <si>
+    <t>Noordplus Zuid Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>71690409</t>
+  </si>
+  <si>
+    <t>NoordWest 3 B.V.</t>
+  </si>
+  <si>
+    <t>55489079</t>
+  </si>
+  <si>
+    <t>NWH Jobs B.V.</t>
+  </si>
+  <si>
+    <t>28116166</t>
+  </si>
+  <si>
+    <t>O.C.T. Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>69369259</t>
+  </si>
+  <si>
+    <t>EINDHOVEN</t>
+  </si>
+  <si>
+    <t>Oneflex B.V.</t>
+  </si>
+  <si>
+    <t>62931091</t>
+  </si>
+  <si>
+    <t>Onroerend Goed Beheer Velddriel B.V.</t>
+  </si>
+  <si>
+    <t>11055418</t>
+  </si>
+  <si>
+    <t>Oost Flex Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>93619049</t>
+  </si>
+  <si>
+    <t>Optima Uitzendburo B.V.</t>
+  </si>
+  <si>
+    <t>24403530</t>
+  </si>
+  <si>
+    <t>HARDINXVELD-GIESSENDAM</t>
+  </si>
+  <si>
+    <t>Opus Uitzendburo B.V.</t>
+  </si>
+  <si>
+    <t>29050233</t>
+  </si>
+  <si>
+    <t>Waddinxveen</t>
+  </si>
+  <si>
+    <t>Oradeo Recruitment Limited</t>
+  </si>
+  <si>
+    <t>70299595</t>
+  </si>
+  <si>
+    <t>DUBLIN 24</t>
+  </si>
+  <si>
+    <t>OrangeJobs B.V.</t>
+  </si>
+  <si>
+    <t>30230454</t>
+  </si>
+  <si>
+    <t>ABCOUDE</t>
+  </si>
+  <si>
+    <t>Oranje Kracht Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>88154203</t>
+  </si>
+  <si>
+    <t>Oranjeflex B.V.</t>
+  </si>
+  <si>
+    <t>24331944</t>
+  </si>
+  <si>
+    <t>Oranjegroep Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>24379038</t>
+  </si>
+  <si>
+    <t>Oranjestad Beheer B.V.</t>
+  </si>
+  <si>
+    <t>88843483</t>
+  </si>
+  <si>
+    <t>Schoorl</t>
+  </si>
+  <si>
+    <t>Oranjevliet Nederland B.V.</t>
+  </si>
+  <si>
+    <t>27272492</t>
+  </si>
+  <si>
+    <t>MAASDIJK</t>
+  </si>
+  <si>
+    <t>OTTO Work Force B.V.</t>
+  </si>
+  <si>
+    <t>12052144</t>
+  </si>
+  <si>
+    <t>OTTO Work Force I B.V.</t>
+  </si>
+  <si>
+    <t>54339715</t>
+  </si>
+  <si>
+    <t>OTTO Work Force III B.V.</t>
+  </si>
+  <si>
+    <t>32135657</t>
+  </si>
+  <si>
+    <t>OTTO Work Force IV B.V.</t>
+  </si>
+  <si>
+    <t>58273980</t>
+  </si>
+  <si>
+    <t>P. van Aubel Beheer B.V.</t>
+  </si>
+  <si>
+    <t>13004015</t>
+  </si>
+  <si>
+    <t>P. van Osch Beheer B.V.</t>
+  </si>
+  <si>
+    <t>57584710</t>
+  </si>
+  <si>
+    <t>LEUNEN</t>
+  </si>
+  <si>
+    <t>P&amp;M Holding B.V.</t>
+  </si>
+  <si>
+    <t>59529091</t>
+  </si>
+  <si>
+    <t>P&amp;O support office B.V.</t>
+  </si>
+  <si>
+    <t>78698049</t>
+  </si>
+  <si>
+    <t>Paars Beheer B.V.</t>
+  </si>
+  <si>
+    <t>50517465</t>
+  </si>
+  <si>
+    <t>BERGEN OP ZOOM</t>
+  </si>
+  <si>
+    <t>Paeon B.V.</t>
+  </si>
+  <si>
+    <t>37118942</t>
+  </si>
+  <si>
+    <t>BENNINGBROEK</t>
+  </si>
+  <si>
+    <t>Palé Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>76074412</t>
+  </si>
+  <si>
+    <t>Lelystad</t>
+  </si>
+  <si>
+    <t>Paul Jong Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>87855763</t>
+  </si>
+  <si>
+    <t>Zwaagdijk-oost</t>
+  </si>
+  <si>
+    <t>Payingit Permanent B.V.</t>
+  </si>
+  <si>
+    <t>76122115</t>
+  </si>
+  <si>
+    <t>Peffer Vastgoed III B.V.</t>
+  </si>
+  <si>
+    <t>11028190</t>
+  </si>
+  <si>
+    <t>Pension Veldzigt</t>
+  </si>
+  <si>
+    <t>01061748</t>
+  </si>
+  <si>
+    <t>WIJNALDUM</t>
+  </si>
+  <si>
+    <t>People 2.0 Netherlands B.V.</t>
+  </si>
+  <si>
+    <t>34292836</t>
+  </si>
+  <si>
+    <t>People 21 Services B.V.</t>
+  </si>
+  <si>
+    <t>24260270</t>
+  </si>
+  <si>
+    <t>Schiedam</t>
+  </si>
+  <si>
+    <t>People Work Service B.V.</t>
+  </si>
+  <si>
+    <t>53795695</t>
+  </si>
+  <si>
+    <t>GEMERT</t>
+  </si>
+  <si>
+    <t>PeopleDirekt B.V.</t>
+  </si>
+  <si>
+    <t>66443008</t>
+  </si>
+  <si>
+    <t>Personeeldiensten De Peel B.V.</t>
+  </si>
+  <si>
+    <t>50492780</t>
+  </si>
+  <si>
+    <t>SOMEREN</t>
+  </si>
+  <si>
+    <t>Personeelsdiensten Twente B.V.</t>
+  </si>
+  <si>
+    <t>06083590</t>
+  </si>
+  <si>
+    <t>Wierden</t>
+  </si>
+  <si>
+    <t>Piet Bosschaert</t>
+  </si>
+  <si>
+    <t>Eeklo</t>
+  </si>
+  <si>
+    <t>Pippel Bramen B.V.</t>
+  </si>
+  <si>
+    <t>57325510</t>
+  </si>
+  <si>
+    <t>HAAFTEN</t>
+  </si>
+  <si>
+    <t>Plantenkwekerij "De Kemp" B.V.</t>
+  </si>
+  <si>
+    <t>12029778</t>
+  </si>
+  <si>
+    <t>PLT B.V. (Pollux Lodgement &amp; Transport)</t>
+  </si>
+  <si>
+    <t>20009896</t>
+  </si>
+  <si>
+    <t>Pollux Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>20134671</t>
+  </si>
+  <si>
+    <t>Polman B.V.</t>
+  </si>
+  <si>
+    <t>04073262</t>
+  </si>
+  <si>
+    <t>Polned B.V.</t>
+  </si>
+  <si>
+    <t>17101502</t>
+  </si>
+  <si>
+    <t>Prefab Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>62956574</t>
+  </si>
+  <si>
+    <t>Presta Meat S.A.</t>
+  </si>
+  <si>
+    <t>55810772</t>
+  </si>
+  <si>
+    <t>Dudelange</t>
+  </si>
+  <si>
+    <t>PrismaWorx Uitzend B.V.</t>
+  </si>
+  <si>
+    <t>69287090</t>
+  </si>
+  <si>
+    <t>STRAMPROY</t>
+  </si>
+  <si>
+    <t>Priusz Holding Kft</t>
+  </si>
+  <si>
+    <t>90788419</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>PRO SCAFF B.V.</t>
+  </si>
+  <si>
+    <t>70767734</t>
+  </si>
+  <si>
+    <t>Pro.Kon/Ak B.V., Uitzendbureau</t>
+  </si>
+  <si>
+    <t>55442242</t>
+  </si>
+  <si>
+    <t>Professional Europe Service B.V.</t>
+  </si>
+  <si>
+    <t>09128447</t>
+  </si>
+  <si>
+    <t>'S-HEERENBERG</t>
+  </si>
+  <si>
+    <t>Protect B.V.</t>
+  </si>
+  <si>
+    <t>60205415</t>
+  </si>
+  <si>
+    <t>Protection Multiservices B.V.</t>
+  </si>
+  <si>
+    <t>84484233</t>
+  </si>
+  <si>
+    <t>Quality Care Steenbergen V.O.F.</t>
+  </si>
+  <si>
+    <t>27273989</t>
+  </si>
+  <si>
+    <t>Quality Royal B.V.</t>
+  </si>
+  <si>
+    <t>59563273</t>
+  </si>
+  <si>
+    <t>Roermond</t>
+  </si>
+  <si>
+    <t>Quality Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>55950477</t>
+  </si>
+  <si>
+    <t>Qualityflex Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>91335655</t>
+  </si>
+  <si>
+    <t>Bergen op zoom</t>
+  </si>
+  <si>
+    <t>Quick Service Uitzendburo B.V.</t>
+  </si>
+  <si>
+    <t>28083429</t>
+  </si>
+  <si>
+    <t>Boskoop</t>
+  </si>
+  <si>
+    <t>Quick Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>86404393</t>
+  </si>
+  <si>
+    <t>R. Derksen Beheer B.V.</t>
+  </si>
+  <si>
+    <t>09053926</t>
+  </si>
+  <si>
+    <t>Pannerden</t>
+  </si>
+  <si>
+    <t>R.v.A. Mushrooms B.V.</t>
+  </si>
+  <si>
+    <t>60334630</t>
+  </si>
+  <si>
+    <t>Nistelrode</t>
+  </si>
+  <si>
+    <t>R.W.S. Kreuk Beheer B.V.</t>
+  </si>
+  <si>
+    <t>66128862</t>
+  </si>
+  <si>
+    <t>Callantsoog</t>
+  </si>
+  <si>
+    <t>RA Wonen B.V.</t>
+  </si>
+  <si>
+    <t>84863528</t>
+  </si>
+  <si>
+    <t>Randstad Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>56707479</t>
+  </si>
+  <si>
+    <t>RasGrow Holding B.V.</t>
+  </si>
+  <si>
+    <t>80454356</t>
+  </si>
+  <si>
+    <t>America</t>
+  </si>
+  <si>
+    <t>Rensie Flex B.V.</t>
+  </si>
+  <si>
+    <t>58173358</t>
+  </si>
+  <si>
+    <t>Rent a Roof B.V.</t>
+  </si>
+  <si>
+    <t>63250772</t>
+  </si>
+  <si>
+    <t>RentHome B.V.</t>
+  </si>
+  <si>
+    <t>82149291</t>
+  </si>
+  <si>
+    <t>Zoetermeer</t>
+  </si>
+  <si>
+    <t>Rentigo B.V.</t>
+  </si>
+  <si>
+    <t>64588173</t>
+  </si>
+  <si>
+    <t>Heinenoord</t>
+  </si>
+  <si>
+    <t>Repic Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>78720982</t>
+  </si>
+  <si>
+    <t>RGV Housing Services B.V.</t>
+  </si>
+  <si>
+    <t>76725545</t>
+  </si>
+  <si>
+    <t>Bloemendaal</t>
+  </si>
+  <si>
+    <t>RGV Staffing Services B.V.</t>
+  </si>
+  <si>
+    <t>81917074</t>
+  </si>
+  <si>
+    <t>Riecra B.V.</t>
+  </si>
+  <si>
+    <t>68263953</t>
+  </si>
+  <si>
+    <t>RMS Reyhan Meat Specialists</t>
+  </si>
+  <si>
+    <t>09116316</t>
+  </si>
+  <si>
+    <t>Rogan Works B.V.</t>
+  </si>
+  <si>
+    <t>94527822</t>
+  </si>
+  <si>
+    <t>Geleen</t>
+  </si>
+  <si>
+    <t>ROK Support B.V.</t>
+  </si>
+  <si>
+    <t>52564231</t>
+  </si>
+  <si>
+    <t>Rosa Werkt B.V.</t>
+  </si>
+  <si>
+    <t>69479798</t>
+  </si>
+  <si>
+    <t>KWINTSHEUL</t>
+  </si>
+  <si>
+    <t>Rötjes Productie B.V.</t>
+  </si>
+  <si>
+    <t>60373490</t>
+  </si>
+  <si>
+    <t>Lottum</t>
+  </si>
+  <si>
+    <t>Royal DS Personeel-Service B.V.</t>
+  </si>
+  <si>
+    <t>62724827</t>
+  </si>
+  <si>
+    <t>Royal Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>51841738</t>
+  </si>
+  <si>
+    <t>Ruigrok Productie B.V.</t>
+  </si>
+  <si>
+    <t>27176131</t>
+  </si>
+  <si>
+    <t>Hillegom</t>
+  </si>
+  <si>
+    <t>Ruigrok Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>82922497</t>
+  </si>
+  <si>
+    <t>Ruud van Leeuwen Beheer B.V.</t>
+  </si>
+  <si>
+    <t>36046191</t>
+  </si>
+  <si>
+    <t>Wervershoof</t>
+  </si>
+  <si>
+    <t>RyanRent B.V.</t>
+  </si>
+  <si>
+    <t>87946653</t>
+  </si>
+  <si>
+    <t>S.B.A. Euro B.V. h.o.d.n. SBA Flex</t>
+  </si>
+  <si>
+    <t>18051639</t>
+  </si>
+  <si>
+    <t>S&amp;E Flexwork B.V.</t>
+  </si>
+  <si>
+    <t>70078068</t>
+  </si>
+  <si>
+    <t>SAAMwerkt! Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>76637387</t>
+  </si>
+  <si>
+    <t>Eersel</t>
+  </si>
+  <si>
+    <t>Sagius Uitzenders B.V.</t>
+  </si>
+  <si>
+    <t>27352120</t>
+  </si>
+  <si>
+    <t>Samenwerkingsverband Gebroeders van Gennip B.V.</t>
+  </si>
+  <si>
+    <t>17254428</t>
+  </si>
+  <si>
+    <t>Saskia van Rooij</t>
+  </si>
+  <si>
+    <t>SBA Flex Food Specialists B.V.</t>
+  </si>
+  <si>
+    <t>58649042</t>
+  </si>
+  <si>
+    <t>SBA Flex Logistic Specialists B.V.</t>
+  </si>
+  <si>
+    <t>57485534</t>
+  </si>
+  <si>
+    <t>SBA Flex Metal Specialists B.V.</t>
+  </si>
+  <si>
+    <t>58649182</t>
+  </si>
+  <si>
+    <t>Scaftech Uitzendwerk B.V.</t>
+  </si>
+  <si>
+    <t>13043341</t>
+  </si>
+  <si>
+    <t>WEERT</t>
+  </si>
+  <si>
+    <t>Scepter Arbeidsbemiddeling &amp; Advies B.V.</t>
+  </si>
+  <si>
+    <t>85390682</t>
+  </si>
+  <si>
+    <t>Schaafsma Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>57334315</t>
+  </si>
+  <si>
+    <t>Smilde</t>
+  </si>
+  <si>
+    <t>Schiffelers Advies B.V.</t>
+  </si>
+  <si>
+    <t>10144976</t>
+  </si>
+  <si>
+    <t>Schiffelers Advies II B.V.</t>
+  </si>
+  <si>
+    <t>67717926</t>
+  </si>
+  <si>
+    <t>Schoenmakers Group B.V.</t>
+  </si>
+  <si>
+    <t>51199912</t>
+  </si>
+  <si>
+    <t>SD Worx Payrolling B.V.</t>
+  </si>
+  <si>
+    <t>14069215</t>
+  </si>
+  <si>
+    <t>Heerlen</t>
+  </si>
+  <si>
+    <t>SD Worx Staffing Solutions B.V.</t>
+  </si>
+  <si>
+    <t>17136835</t>
+  </si>
+  <si>
+    <t>Sda Flex B.V</t>
+  </si>
+  <si>
+    <t>64536866</t>
+  </si>
+  <si>
+    <t>Sea-sun OG B.V.</t>
+  </si>
+  <si>
+    <t>20142779</t>
+  </si>
+  <si>
+    <t>KAPELLE</t>
+  </si>
+  <si>
+    <t>Seggment Arbeidsbemiddeling B.V.</t>
+  </si>
+  <si>
+    <t>28078439</t>
+  </si>
+  <si>
+    <t>Select 4 U Europe B.V.</t>
+  </si>
+  <si>
+    <t>23069369</t>
+  </si>
+  <si>
+    <t>Select Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>28112626</t>
+  </si>
+  <si>
+    <t>UITGEEST</t>
+  </si>
+  <si>
+    <t>Setti Facilitair B.V.</t>
+  </si>
+  <si>
+    <t>59874015</t>
+  </si>
+  <si>
+    <t>HELMOND</t>
+  </si>
+  <si>
+    <t>SIDC CIVIL UAB</t>
+  </si>
+  <si>
+    <t>63563371</t>
+  </si>
+  <si>
+    <t>Klaipeda</t>
+  </si>
+  <si>
+    <t>Sidro Housing B.V.</t>
+  </si>
+  <si>
+    <t>98121480</t>
+  </si>
+  <si>
+    <t>SKM Verhuur B.V.</t>
+  </si>
+  <si>
+    <t>92153801</t>
+  </si>
+  <si>
+    <t>Oisterwijk</t>
+  </si>
+  <si>
+    <t>Sleap B.V.</t>
+  </si>
+  <si>
+    <t>84647442</t>
+  </si>
+  <si>
+    <t>Smit Flex B.V.</t>
+  </si>
+  <si>
+    <t>68114214</t>
+  </si>
+  <si>
+    <t>Nieuwleusen</t>
+  </si>
+  <si>
+    <t>Smits Personeelsvoorzieningen B.V.</t>
+  </si>
+  <si>
+    <t>11068533</t>
+  </si>
+  <si>
+    <t>NEDERHEMERT</t>
+  </si>
+  <si>
+    <t>SNF Testbedrijf - AB</t>
+  </si>
+  <si>
+    <t>0061234567</t>
+  </si>
+  <si>
+    <t>Snoeijs-Schrauwen B.V.</t>
+  </si>
+  <si>
+    <t>50568965</t>
+  </si>
+  <si>
+    <t>Zevenbergen</t>
+  </si>
+  <si>
+    <t>Solsbury Labour Group B.V.</t>
+  </si>
+  <si>
+    <t>81267908</t>
+  </si>
+  <si>
+    <t>ETTEN-LEUR</t>
+  </si>
+  <si>
+    <t>Solsbury Labour Group Detachering B.V.</t>
+  </si>
+  <si>
+    <t>20108373</t>
+  </si>
+  <si>
+    <t>Solsbury Labour Group Housing B.V.</t>
+  </si>
+  <si>
+    <t>83601678</t>
+  </si>
+  <si>
+    <t>Solsbury Propco Management B.V.</t>
+  </si>
+  <si>
+    <t>83592164</t>
+  </si>
+  <si>
+    <t>Solutions B.V., Uitzendbureau</t>
+  </si>
+  <si>
+    <t>27284993</t>
+  </si>
+  <si>
+    <t>DE LIER</t>
+  </si>
+  <si>
+    <t>Solutions Packaging B.V.</t>
+  </si>
+  <si>
+    <t>62351079</t>
+  </si>
+  <si>
+    <t>Speulhof B.V.</t>
+  </si>
+  <si>
+    <t>12054124</t>
+  </si>
+  <si>
+    <t>AMERICA</t>
+  </si>
+  <si>
+    <t>Sprintwerkt B.V.</t>
+  </si>
+  <si>
+    <t>30237122</t>
+  </si>
+  <si>
+    <t>Ochten</t>
+  </si>
+  <si>
+    <t>SPROOMZ B.V.</t>
+  </si>
+  <si>
+    <t>76850714</t>
+  </si>
+  <si>
+    <t>SRS Personeel B.V.</t>
+  </si>
+  <si>
+    <t>24419370</t>
+  </si>
+  <si>
+    <t>Krimpen aan den IJssel</t>
+  </si>
+  <si>
+    <t>Staffhousing Services B.V. hodn Team Home Rentals B.V.</t>
+  </si>
+  <si>
+    <t>71523561</t>
+  </si>
+  <si>
+    <t>Spijkenisse</t>
+  </si>
+  <si>
+    <t>Starberry B.V.</t>
+  </si>
+  <si>
+    <t>68454686</t>
+  </si>
+  <si>
+    <t>Start Home Rentals B.V.</t>
+  </si>
+  <si>
+    <t>60072237</t>
+  </si>
+  <si>
+    <t>Startflex B.V.</t>
+  </si>
+  <si>
+    <t>81981767</t>
+  </si>
+  <si>
+    <t>Duiven</t>
+  </si>
+  <si>
+    <t>Stateflex B.V.</t>
+  </si>
+  <si>
+    <t>09209902</t>
+  </si>
+  <si>
+    <t>Stay at Cox B.V.</t>
+  </si>
+  <si>
+    <t>75951754</t>
+  </si>
+  <si>
+    <t>HORST</t>
+  </si>
+  <si>
+    <t>StayProjects Group Netherlands B.V.</t>
+  </si>
+  <si>
+    <t>20160652</t>
+  </si>
+  <si>
+    <t>STC Groep B.V.</t>
+  </si>
+  <si>
+    <t>59727780</t>
+  </si>
+  <si>
+    <t>STE-VE Holding B.V.</t>
+  </si>
+  <si>
+    <t>75071312</t>
+  </si>
+  <si>
+    <t>Kessel</t>
+  </si>
+  <si>
+    <t>Steltenpool Bolbloemen B.V.</t>
+  </si>
+  <si>
+    <t>37132018</t>
+  </si>
+  <si>
+    <t>Wieringerwerf</t>
+  </si>
+  <si>
+    <t>SterWerk B.V.</t>
+  </si>
+  <si>
+    <t>17133086</t>
+  </si>
+  <si>
+    <t>Deurne</t>
+  </si>
+  <si>
+    <t>Stipt Employment Services B.V.</t>
+  </si>
+  <si>
+    <t>58791647</t>
+  </si>
+  <si>
+    <t>Stokkom Detachering B.V., Van</t>
+  </si>
+  <si>
+    <t>17145696</t>
+  </si>
+  <si>
+    <t>NULAND</t>
+  </si>
+  <si>
+    <t>STPL logistics B.V.</t>
+  </si>
+  <si>
+    <t>90857852</t>
+  </si>
+  <si>
+    <t>Sint philipsland</t>
+  </si>
+  <si>
+    <t>Stuwadoorsbedrijf van Rooij B.V.</t>
+  </si>
+  <si>
+    <t>11032126</t>
+  </si>
+  <si>
+    <t>STYL Housing Certified B.V.</t>
+  </si>
+  <si>
+    <t>87122146</t>
+  </si>
+  <si>
+    <t>Sun-Power Agro Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>12052356</t>
+  </si>
+  <si>
+    <t>TIENRAY</t>
+  </si>
+  <si>
+    <t>Sundries International B.V.</t>
+  </si>
+  <si>
+    <t>50854216</t>
+  </si>
+  <si>
+    <t>SVK B.V.</t>
+  </si>
+  <si>
+    <t>69054355</t>
+  </si>
+  <si>
+    <t>Synergie B.V.</t>
+  </si>
+  <si>
+    <t>17135405</t>
+  </si>
+  <si>
+    <t>Synergie International Recruitment B.V.</t>
+  </si>
+  <si>
+    <t>17063196</t>
+  </si>
+  <si>
+    <t>T &amp; S Flex Logistiek B.V.</t>
+  </si>
+  <si>
+    <t>67521622</t>
+  </si>
+  <si>
+    <t>T housing B.V.</t>
+  </si>
+  <si>
+    <t>92882897</t>
+  </si>
+  <si>
+    <t>T.A. Holding B.V.</t>
+  </si>
+  <si>
+    <t>60021632</t>
+  </si>
+  <si>
+    <t>Helden</t>
+  </si>
+  <si>
+    <t>Tagoon Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>17203279</t>
+  </si>
+  <si>
+    <t>Take Care Works B.V.</t>
+  </si>
+  <si>
+    <t>85762482</t>
+  </si>
+  <si>
+    <t>Tas Huisvesting B.V.</t>
+  </si>
+  <si>
+    <t>66954282</t>
+  </si>
+  <si>
+    <t>Cortelande</t>
+  </si>
+  <si>
+    <t>TB champignons</t>
+  </si>
+  <si>
+    <t>96084790</t>
+  </si>
+  <si>
+    <t>Sevenum</t>
+  </si>
+  <si>
+    <t>Technical Project Services B.V.</t>
+  </si>
+  <si>
+    <t>24449022</t>
+  </si>
+  <si>
+    <t>BREDA</t>
+  </si>
+  <si>
+    <t>Techvisie B.V.</t>
+  </si>
+  <si>
+    <t>59339543</t>
+  </si>
+  <si>
+    <t>Teeuwen Telers B.V.</t>
+  </si>
+  <si>
+    <t>83281622</t>
+  </si>
+  <si>
+    <t>Tempo-Team Uitzenden B.V.</t>
+  </si>
+  <si>
+    <t>56748558</t>
+  </si>
+  <si>
+    <t>Teqwork B.V.</t>
+  </si>
+  <si>
+    <t>66099544</t>
+  </si>
+  <si>
+    <t>Tesselaar Alstroemeria</t>
+  </si>
+  <si>
+    <t>81439830</t>
+  </si>
+  <si>
+    <t>LUTTELGEEST</t>
+  </si>
+  <si>
+    <t>Test BookThat</t>
+  </si>
+  <si>
+    <t>The Bloemen Bakhei V.O.F. hodn Het Vlinderke</t>
+  </si>
+  <si>
+    <t>84580291</t>
+  </si>
+  <si>
+    <t>THS B.V.</t>
+  </si>
+  <si>
+    <t>02333810</t>
+  </si>
+  <si>
+    <t>Thuisvesting B.V.</t>
+  </si>
+  <si>
+    <t>31048584</t>
+  </si>
+  <si>
+    <t>Renswoude</t>
+  </si>
+  <si>
+    <t>Thwan Van Gennip B.V.</t>
+  </si>
+  <si>
+    <t>17114483</t>
+  </si>
+  <si>
+    <t>LIEROP</t>
+  </si>
+  <si>
+    <t>Tielen Groenten B.V.</t>
+  </si>
+  <si>
+    <t>65760786</t>
+  </si>
+  <si>
+    <t>Ties Uitzend B.V.</t>
+  </si>
+  <si>
+    <t>61901903</t>
+  </si>
+  <si>
+    <t>Tijdelijk Wonen Brabant B.V.</t>
+  </si>
+  <si>
+    <t>68654758</t>
+  </si>
+  <si>
+    <t>Dongen</t>
+  </si>
+  <si>
+    <t>TIming Bemiddelingsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>58773185</t>
+  </si>
+  <si>
+    <t>Timing Flex B.V.</t>
+  </si>
+  <si>
+    <t>23062519</t>
+  </si>
+  <si>
+    <t>Apeldoorn</t>
+  </si>
+  <si>
+    <t>Timing Flexgroep B.V.</t>
+  </si>
+  <si>
+    <t>31021547</t>
+  </si>
+  <si>
+    <t>Timing Uitzendteam B.V.</t>
+  </si>
+  <si>
+    <t>38019621</t>
+  </si>
+  <si>
+    <t>Timmerman-Bergen &amp; Swager B.V.</t>
+  </si>
+  <si>
+    <t>37088614</t>
+  </si>
+  <si>
+    <t>Sint pancras</t>
+  </si>
+  <si>
+    <t>Tomatenkwekerij Smulders B.V.</t>
+  </si>
+  <si>
+    <t>86850261</t>
+  </si>
+  <si>
+    <t>Top Work Groep B.V.</t>
+  </si>
+  <si>
+    <t>24352022</t>
+  </si>
+  <si>
+    <t>TopCare Woningen B.V.</t>
+  </si>
+  <si>
+    <t>61162590</t>
+  </si>
+  <si>
+    <t>TPM Flex B.V.</t>
+  </si>
+  <si>
+    <t>64780236</t>
+  </si>
+  <si>
+    <t>Helmond</t>
+  </si>
+  <si>
+    <t>Tradiro B.V., Uitzendburo</t>
+  </si>
+  <si>
+    <t>24408615</t>
+  </si>
+  <si>
+    <t>Tradiro Services B.V.</t>
+  </si>
+  <si>
+    <t>59979135</t>
+  </si>
+  <si>
+    <t>Tramper Flexwork B.V.</t>
+  </si>
+  <si>
+    <t>76765466</t>
+  </si>
+  <si>
+    <t>GOES</t>
+  </si>
+  <si>
+    <t>Transport People B.V.</t>
+  </si>
+  <si>
+    <t>56671369</t>
+  </si>
+  <si>
+    <t>TRIXXO Housing B.V.</t>
+  </si>
+  <si>
+    <t>74898396</t>
+  </si>
+  <si>
+    <t>Truncus B.V.</t>
+  </si>
+  <si>
+    <t>83550534</t>
+  </si>
+  <si>
+    <t>Bladel</t>
+  </si>
+  <si>
+    <t>TTM Jansse</t>
+  </si>
+  <si>
+    <t>21879548</t>
+  </si>
+  <si>
+    <t>Tuinbouwbedrijf Kouwenberg V.O.F.</t>
+  </si>
+  <si>
+    <t>52851613</t>
+  </si>
+  <si>
+    <t>Beek en Donk</t>
+  </si>
+  <si>
+    <t>Tuinderij Beegdenhof V.O.F.</t>
+  </si>
+  <si>
+    <t>65912365</t>
+  </si>
+  <si>
+    <t>Hunsel</t>
+  </si>
+  <si>
+    <t>Tulip Housing B.V.</t>
+  </si>
+  <si>
+    <t>63414066</t>
+  </si>
+  <si>
+    <t>Lisse</t>
+  </si>
+  <si>
+    <t>Tupla Vastgoed II B.V.</t>
+  </si>
+  <si>
+    <t>34273839</t>
+  </si>
+  <si>
+    <t>DE KWAKEL</t>
+  </si>
+  <si>
+    <t>TWENTY FOUR 24 Human Resources B.V.</t>
+  </si>
+  <si>
+    <t>64234029</t>
+  </si>
+  <si>
+    <t>TWG - Flex Force B.V.</t>
+  </si>
+  <si>
+    <t>63534266</t>
+  </si>
+  <si>
+    <t>TWG - Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>55540279</t>
+  </si>
+  <si>
+    <t>Didam</t>
+  </si>
+  <si>
+    <t>TWG – Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>74975447</t>
+  </si>
+  <si>
+    <t>UAB Hotrema</t>
+  </si>
+  <si>
+    <t>64276074</t>
+  </si>
+  <si>
+    <t>KLAIPEDA</t>
+  </si>
+  <si>
+    <t>UAB PASSER SIDC Projects</t>
+  </si>
+  <si>
+    <t>72224517</t>
+  </si>
+  <si>
+    <t>LT-92335 Klaipeda</t>
+  </si>
+  <si>
+    <t>Uffing Verhuur en exploitatie B.V.</t>
+  </si>
+  <si>
+    <t>86937065</t>
+  </si>
+  <si>
+    <t>Uijen Tuinbouw B.V.</t>
+  </si>
+  <si>
+    <t>77813677</t>
+  </si>
+  <si>
+    <t>Herpen</t>
+  </si>
+  <si>
+    <t>Uitbeenbedrijf Rien van Oss B.V.</t>
+  </si>
+  <si>
+    <t>16040961</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Best en West B.V.</t>
+  </si>
+  <si>
+    <t>27184829</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Champi B.V.</t>
+  </si>
+  <si>
+    <t>69872716</t>
+  </si>
+  <si>
+    <t>OSS</t>
+  </si>
+  <si>
+    <t>Uitzendbureau HET B.V.</t>
+  </si>
+  <si>
+    <t>67264816</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Integralis B.V.</t>
+  </si>
+  <si>
+    <t>08200484</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Tempoline B.V.</t>
+  </si>
+  <si>
+    <t>80369669</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Tot Uw Dienst B.V.</t>
+  </si>
+  <si>
+    <t>70692939</t>
+  </si>
+  <si>
+    <t>MILL</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Tot Uw Dienst Nederland B.V.</t>
+  </si>
+  <si>
+    <t>75033798</t>
+  </si>
+  <si>
+    <t>Mill</t>
+  </si>
+  <si>
+    <t>Uitzendbureau Watch Out B.V.</t>
+  </si>
+  <si>
+    <t>27274586</t>
+  </si>
+  <si>
+    <t>Uitzendgroep WERK! B.V.</t>
+  </si>
+  <si>
+    <t>53770447</t>
+  </si>
+  <si>
+    <t>Ommeren</t>
+  </si>
+  <si>
+    <t>Uitzendgroep Zuid Nederland B.V.</t>
+  </si>
+  <si>
+    <t>17193493</t>
+  </si>
+  <si>
+    <t>Uitzendwerk B.V.</t>
+  </si>
+  <si>
+    <t>68093276</t>
+  </si>
+  <si>
+    <t>EMMEN</t>
+  </si>
+  <si>
+    <t>Unie-Home B.V.</t>
+  </si>
+  <si>
+    <t>01130490</t>
+  </si>
+  <si>
+    <t>Unie-Pool Personeel B.V.</t>
+  </si>
+  <si>
+    <t>04073163</t>
+  </si>
+  <si>
+    <t>Meppel</t>
+  </si>
+  <si>
+    <t>United Homes Accommodations B.V.</t>
+  </si>
+  <si>
+    <t>54121248</t>
+  </si>
+  <si>
+    <t>United Homes B.V.</t>
+  </si>
+  <si>
+    <t>24444176</t>
+  </si>
+  <si>
+    <t>UNNP. B.V.</t>
+  </si>
+  <si>
+    <t>67710433</t>
+  </si>
+  <si>
+    <t>Hattem</t>
+  </si>
+  <si>
+    <t>Upforce B.V.</t>
+  </si>
+  <si>
+    <t>88203573</t>
+  </si>
+  <si>
+    <t>V.A.K. Onroerend Goed B.V.</t>
+  </si>
+  <si>
+    <t>68467249</t>
+  </si>
+  <si>
+    <t>Valento Jobs B.V.</t>
+  </si>
+  <si>
+    <t>60986107</t>
+  </si>
+  <si>
+    <t>Sittard</t>
+  </si>
+  <si>
+    <t>Valo Facilities B.V.</t>
+  </si>
+  <si>
+    <t>56944683</t>
+  </si>
+  <si>
+    <t>Valo Staffing B.V.</t>
+  </si>
+  <si>
+    <t>67265790</t>
+  </si>
+  <si>
+    <t>Van Bakel Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>17284317</t>
+  </si>
+  <si>
+    <t>Van Beek Asperges B.V.</t>
+  </si>
+  <si>
+    <t>70466939</t>
+  </si>
+  <si>
+    <t>Terheijden</t>
+  </si>
+  <si>
+    <t>Van Bergen Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>24346298</t>
+  </si>
+  <si>
+    <t>van den Borne C.V.</t>
+  </si>
+  <si>
+    <t>53871146</t>
+  </si>
+  <si>
+    <t>Reusel</t>
+  </si>
+  <si>
+    <t>Van den Einden Agro B.V.</t>
+  </si>
+  <si>
+    <t>17112241</t>
+  </si>
+  <si>
+    <t>Lierop</t>
+  </si>
+  <si>
+    <t>Van der Drift Roses B.V.</t>
+  </si>
+  <si>
+    <t>92456081</t>
+  </si>
+  <si>
+    <t>Van Dieten B.V.</t>
+  </si>
+  <si>
+    <t>16086505</t>
+  </si>
+  <si>
+    <t>Rijkevoort</t>
+  </si>
+  <si>
+    <t>Van Doremaele Aardbeien en Planten B.V.</t>
+  </si>
+  <si>
+    <t>82906394</t>
+  </si>
+  <si>
+    <t>Van Doremaele Onroerend Goed B.V.</t>
+  </si>
+  <si>
+    <t>11069372</t>
+  </si>
+  <si>
+    <t>Van Duijn De Jong Dinteloord B.V.</t>
+  </si>
+  <si>
+    <t>92139779</t>
+  </si>
+  <si>
+    <t>Dinteloord</t>
+  </si>
+  <si>
+    <t>Van Duijn De Jong Oosterland B.V.</t>
+  </si>
+  <si>
+    <t>68537115</t>
+  </si>
+  <si>
+    <t>OOSTERLAND</t>
+  </si>
+  <si>
+    <t>Van Duijn De Jong Steenbergen B.V.</t>
+  </si>
+  <si>
+    <t>68534531</t>
+  </si>
+  <si>
+    <t>Van Duijn De Jong Westdorpe B.V.</t>
+  </si>
+  <si>
+    <t>20141509</t>
+  </si>
+  <si>
+    <t>Westdorpe</t>
+  </si>
+  <si>
+    <t>Van Gennip Handel Beheer B.V.</t>
+  </si>
+  <si>
+    <t>64488047</t>
+  </si>
+  <si>
+    <t>Handel</t>
+  </si>
+  <si>
+    <t>van Gerwen Beheer B.V.</t>
+  </si>
+  <si>
+    <t>17098840</t>
+  </si>
+  <si>
+    <t>Van Gog Grubbenvorst Logistics B.V.</t>
+  </si>
+  <si>
+    <t>14121084</t>
+  </si>
+  <si>
+    <t>Van Gog Kwekerijen C.V.</t>
+  </si>
+  <si>
+    <t>51528118</t>
+  </si>
+  <si>
+    <t>Van HZ Vleesbewerking B.V.</t>
+  </si>
+  <si>
+    <t>64147843</t>
+  </si>
+  <si>
+    <t>Van Kessel Fruitteelt Velddriel B.V.</t>
+  </si>
+  <si>
+    <t>90689461</t>
+  </si>
+  <si>
+    <t>Van Noord Growers</t>
+  </si>
+  <si>
+    <t>23073716</t>
+  </si>
+  <si>
+    <t>Sirjansland</t>
+  </si>
+  <si>
+    <t>Van Ossenbruggen Fruit B.V.</t>
+  </si>
+  <si>
+    <t>11055071</t>
+  </si>
+  <si>
+    <t>Ingen</t>
+  </si>
+  <si>
+    <t>Van Rossum Fruit B.V.</t>
+  </si>
+  <si>
+    <t>83372687</t>
+  </si>
+  <si>
+    <t>Stavenisse</t>
+  </si>
+  <si>
+    <t>Van Schaijk Aardbeien</t>
+  </si>
+  <si>
+    <t>30257455</t>
+  </si>
+  <si>
+    <t>Van Zanten Uitzendburo B.V.</t>
+  </si>
+  <si>
+    <t>85492795</t>
+  </si>
+  <si>
+    <t>Nieuw-Vennep</t>
+  </si>
+  <si>
+    <t>Van Zuilen Holding B.V.</t>
+  </si>
+  <si>
+    <t>13037967</t>
+  </si>
+  <si>
+    <t>Vast Home B.V.</t>
+  </si>
+  <si>
+    <t>88474135</t>
+  </si>
+  <si>
+    <t>Vast-ps Housing B.V.</t>
+  </si>
+  <si>
+    <t>73216070</t>
+  </si>
+  <si>
+    <t>Spierdijk</t>
+  </si>
+  <si>
+    <t>VDP Meat B.V.</t>
+  </si>
+  <si>
+    <t>93095368</t>
+  </si>
+  <si>
+    <t>Nieuwerkerk aan den ijssel</t>
+  </si>
+  <si>
+    <t>VDU Uitzendbureau B.V.</t>
+  </si>
+  <si>
+    <t>33293167</t>
+  </si>
+  <si>
+    <t>WAARDENBURG</t>
+  </si>
+  <si>
+    <t>Velper Housing B.V.</t>
+  </si>
+  <si>
+    <t>57539936</t>
+  </si>
+  <si>
+    <t>Ubbergen</t>
+  </si>
+  <si>
+    <t>Venlo Rooms B.V.</t>
+  </si>
+  <si>
+    <t>95276688</t>
+  </si>
+  <si>
+    <t>Venlogis B.V.</t>
+  </si>
+  <si>
+    <t>80430015</t>
+  </si>
+  <si>
+    <t>Vereijken Vastgoed B.V.</t>
+  </si>
+  <si>
+    <t>54076730</t>
+  </si>
+  <si>
+    <t>Beek En Donk</t>
+  </si>
+  <si>
+    <t>Verhuur Diepestraat V.O.F.</t>
+  </si>
+  <si>
+    <t>68849818</t>
+  </si>
+  <si>
+    <t>Hulsberg</t>
+  </si>
+  <si>
+    <t>Veritec B.V.</t>
+  </si>
+  <si>
+    <t>32172240</t>
+  </si>
+  <si>
+    <t>Verkuijlen Holding B.V.</t>
+  </si>
+  <si>
+    <t>17113062</t>
+  </si>
+  <si>
+    <t>Heeswijk-Dinther</t>
+  </si>
+  <si>
+    <t>Vermeulen Flex People B.V.</t>
+  </si>
+  <si>
+    <t>20133806</t>
+  </si>
+  <si>
+    <t>DEN HOUT</t>
+  </si>
+  <si>
+    <t>Vestjens Verkoop B.V.</t>
+  </si>
+  <si>
+    <t>84053755</t>
+  </si>
+  <si>
+    <t>Vi-JA Personeel B.V.</t>
+  </si>
+  <si>
+    <t>57311811</t>
+  </si>
+  <si>
+    <t>Vissers Fruit V.O.F.</t>
+  </si>
+  <si>
+    <t>11031227</t>
+  </si>
+  <si>
+    <t>OPHEMERT</t>
+  </si>
+  <si>
+    <t>Voet Champignons B.V.</t>
+  </si>
+  <si>
+    <t>17164431</t>
+  </si>
+  <si>
+    <t>VOLKEL</t>
+  </si>
+  <si>
+    <t>Voet Mushrooms B.V.</t>
+  </si>
+  <si>
+    <t>57938792</t>
+  </si>
+  <si>
+    <t>VOF Nieuwburg hodn Pension Zonneweelde</t>
+  </si>
+  <si>
+    <t>70480184</t>
+  </si>
+  <si>
+    <t>Oosthuizen</t>
+  </si>
+  <si>
+    <t>Vriend United</t>
+  </si>
+  <si>
+    <t>94200394</t>
+  </si>
+  <si>
+    <t>Sint maartensvlotbrug</t>
+  </si>
+  <si>
+    <t>Vuurin Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>61111007</t>
+  </si>
+  <si>
+    <t>VZ Groep B.V.</t>
+  </si>
+  <si>
+    <t>34152714</t>
+  </si>
+  <si>
+    <t>VZM Uitzendgroep B.V.</t>
+  </si>
+  <si>
+    <t>27162302</t>
+  </si>
+  <si>
+    <t>W.J. Lammers</t>
+  </si>
+  <si>
+    <t>000002</t>
+  </si>
+  <si>
+    <t>W.K.V. Ommeren B.V.</t>
+  </si>
+  <si>
+    <t>96696966</t>
+  </si>
+  <si>
+    <t>W.M. Mulders Champignonkwekerij B.V.</t>
+  </si>
+  <si>
+    <t>17180548</t>
+  </si>
+  <si>
+    <t>OIRSCHOT</t>
+  </si>
+  <si>
+    <t>W&amp;F Detacheringen B.V.</t>
+  </si>
+  <si>
+    <t>71183795</t>
+  </si>
+  <si>
+    <t>Want 2 Work B.V.</t>
+  </si>
+  <si>
+    <t>11032114</t>
+  </si>
+  <si>
+    <t>Warx B.V.</t>
+  </si>
+  <si>
+    <t>54850436</t>
+  </si>
+  <si>
+    <t>Staphorst</t>
+  </si>
+  <si>
+    <t>Wat Beter Werkt Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>61845434</t>
+  </si>
+  <si>
+    <t>We Connect You B.V.</t>
   </si>
   <si>
     <t>55226957</t>
   </si>
   <si>
     <t>Oost west en middelbeers</t>
   </si>
   <si>
-    <t>Agros B.V.</t>
-[...5461 lines deleted...]
-  <si>
     <t>Weda B.V.</t>
   </si>
   <si>
     <t>27194404</t>
   </si>
   <si>
     <t>Weel EU Personeel Uitzendbureau B.V.</t>
   </si>
   <si>
     <t>74430521</t>
   </si>
   <si>
     <t>Noord-Scharwoude</t>
   </si>
   <si>
     <t>WEFLEX personeelsdiensten B.V.</t>
   </si>
   <si>
     <t>72727438</t>
   </si>
   <si>
     <t>Lienden</t>
   </si>
   <si>
     <t>Weiveld B.V.</t>
@@ -6021,50 +6039,59 @@
     <t>Work &amp; Stay B.V.</t>
   </si>
   <si>
     <t>50649728</t>
   </si>
   <si>
     <t>Workaround Investment B.V.</t>
   </si>
   <si>
     <t>68383827</t>
   </si>
   <si>
     <t>WorkFriends Uitzendbureau B.V.</t>
   </si>
   <si>
     <t>87930072</t>
   </si>
   <si>
     <t>Workinn Waalwijk B.V</t>
   </si>
   <si>
     <t>75387220</t>
   </si>
   <si>
     <t>Haghorst</t>
+  </si>
+  <si>
+    <t>Worxx Personeelsdiensten B.V.</t>
+  </si>
+  <si>
+    <t>58471782</t>
+  </si>
+  <si>
+    <t>Beers nb</t>
   </si>
   <si>
     <t>WPV Flex</t>
   </si>
   <si>
     <t>66110300</t>
   </si>
   <si>
     <t>Oudewater</t>
   </si>
   <si>
     <t>WS Services 115 B.V.</t>
   </si>
   <si>
     <t>75042258</t>
   </si>
   <si>
     <t>WS Services B.V.</t>
   </si>
   <si>
     <t>32160581</t>
   </si>
   <si>
     <t>Xelvin Zuid B.V.</t>
   </si>
@@ -6466,51 +6493,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C792"/>
+  <dimension ref="A1:C795"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.839844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14.853516" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.849609" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
@@ -6762,3631 +6789,3633 @@
         <v>70</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>71</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>73</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" t="s">
         <v>76</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" t="s">
         <v>79</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>81</v>
+      </c>
+      <c r="B29" t="s">
         <v>82</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>84</v>
+      </c>
+      <c r="B30" t="s">
         <v>85</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" t="s">
         <v>88</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" t="s">
         <v>91</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" t="s">
         <v>94</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>96</v>
+      </c>
+      <c r="B34" t="s">
         <v>97</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" t="s">
         <v>100</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>102</v>
+      </c>
+      <c r="B36" t="s">
         <v>103</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>105</v>
+      </c>
+      <c r="B37" t="s">
         <v>106</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>108</v>
+      </c>
+      <c r="B38" t="s">
         <v>109</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" t="s">
         <v>112</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>114</v>
+      </c>
+      <c r="B40" t="s">
         <v>115</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>117</v>
+      </c>
+      <c r="B41" t="s">
         <v>118</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>120</v>
+      </c>
+      <c r="B42" t="s">
         <v>121</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>123</v>
+      </c>
+      <c r="B43" t="s">
         <v>124</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" t="s">
         <v>127</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>129</v>
+      </c>
+      <c r="B45" t="s">
         <v>130</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>131</v>
+      </c>
+      <c r="B46" t="s">
+        <v>132</v>
+      </c>
+      <c r="C46" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>134</v>
+      </c>
+      <c r="B47" t="s">
         <v>135</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>137</v>
+      </c>
+      <c r="B48" t="s">
         <v>138</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>140</v>
+      </c>
+      <c r="B49" t="s">
         <v>141</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>143</v>
+      </c>
+      <c r="B50" t="s">
         <v>144</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" t="s">
-        <v>146</v>
+        <v>83</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" t="s">
+        <v>146</v>
+      </c>
+      <c r="C51" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>148</v>
+      </c>
+      <c r="B52" t="s">
         <v>149</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>151</v>
+      </c>
+      <c r="B53" t="s">
         <v>152</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>154</v>
+      </c>
+      <c r="B54" t="s">
         <v>155</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>157</v>
+      </c>
+      <c r="B55" t="s">
         <v>158</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>160</v>
+      </c>
+      <c r="B56" t="s">
         <v>161</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>163</v>
+      </c>
+      <c r="B57" t="s">
         <v>164</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>166</v>
+      </c>
+      <c r="B58" t="s">
         <v>167</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>169</v>
+      </c>
+      <c r="B59" t="s">
         <v>170</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>172</v>
+      </c>
+      <c r="B60" t="s">
         <v>173</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>175</v>
+      </c>
+      <c r="B61" t="s">
         <v>176</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" t="s">
         <v>179</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>181</v>
+      </c>
+      <c r="B63" t="s">
         <v>182</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" t="s">
         <v>185</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" t="s">
         <v>188</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" t="s">
         <v>191</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" t="s">
-        <v>193</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" t="s">
+        <v>193</v>
+      </c>
+      <c r="C67" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>195</v>
+      </c>
+      <c r="B68" t="s">
         <v>196</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>198</v>
+      </c>
+      <c r="B69" t="s">
         <v>199</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>200</v>
+      </c>
+      <c r="B70" t="s">
+        <v>201</v>
+      </c>
+      <c r="C70" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>203</v>
+      </c>
+      <c r="B71" t="s">
         <v>204</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>206</v>
+      </c>
+      <c r="B72" t="s">
         <v>207</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>209</v>
+      </c>
+      <c r="B73" t="s">
         <v>210</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>212</v>
+      </c>
+      <c r="B74" t="s">
         <v>213</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>215</v>
+      </c>
+      <c r="B75" t="s">
         <v>216</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>218</v>
+      </c>
+      <c r="B76" t="s">
         <v>219</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" t="s">
         <v>222</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>224</v>
+      </c>
+      <c r="B78" t="s">
         <v>225</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
+        <v>227</v>
+      </c>
+      <c r="B79" t="s">
         <v>228</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>230</v>
+      </c>
+      <c r="B80" t="s">
         <v>231</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
+        <v>233</v>
+      </c>
+      <c r="B81" t="s">
         <v>234</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
+        <v>236</v>
+      </c>
+      <c r="B82" t="s">
         <v>237</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>239</v>
+      </c>
+      <c r="B83" t="s">
         <v>240</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
+        <v>242</v>
+      </c>
+      <c r="B84" t="s">
         <v>243</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>245</v>
+      </c>
+      <c r="B85" t="s">
         <v>246</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>248</v>
+      </c>
+      <c r="B86" t="s">
         <v>249</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
+        <v>251</v>
+      </c>
+      <c r="B87" t="s">
         <v>252</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
+        <v>254</v>
+      </c>
+      <c r="B88" t="s">
         <v>255</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
+        <v>257</v>
+      </c>
+      <c r="B89" t="s">
         <v>258</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" t="s">
-        <v>260</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B90" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C90" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
+        <v>261</v>
+      </c>
+      <c r="B91" t="s">
+        <v>262</v>
+      </c>
+      <c r="C91" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
+        <v>264</v>
+      </c>
+      <c r="B92" t="s">
         <v>265</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
+        <v>267</v>
+      </c>
+      <c r="B93" t="s">
         <v>268</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
+        <v>270</v>
+      </c>
+      <c r="B94" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
+        <v>272</v>
+      </c>
+      <c r="B95" t="s">
         <v>273</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
+        <v>275</v>
+      </c>
+      <c r="B96" t="s">
         <v>276</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>278</v>
+      </c>
+      <c r="B97" t="s">
         <v>279</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
+        <v>281</v>
+      </c>
+      <c r="B98" t="s">
         <v>282</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
+        <v>284</v>
+      </c>
+      <c r="B99" t="s">
         <v>285</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
+        <v>287</v>
+      </c>
+      <c r="B100" t="s">
         <v>288</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>290</v>
+      </c>
+      <c r="B101" t="s">
         <v>291</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
+        <v>293</v>
+      </c>
+      <c r="B102" t="s">
         <v>294</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
+        <v>295</v>
+      </c>
+      <c r="B103" t="s">
         <v>296</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
+        <v>297</v>
+      </c>
+      <c r="B104" t="s">
         <v>298</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
+        <v>300</v>
+      </c>
+      <c r="B105" t="s">
         <v>301</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
+        <v>302</v>
+      </c>
+      <c r="B106" t="s">
         <v>303</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
+        <v>304</v>
+      </c>
+      <c r="B107" t="s">
         <v>305</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
+        <v>306</v>
+      </c>
+      <c r="B108" t="s">
         <v>307</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
+        <v>309</v>
+      </c>
+      <c r="B109" t="s">
         <v>310</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
+        <v>312</v>
+      </c>
+      <c r="B110" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="C110" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
+        <v>314</v>
+      </c>
+      <c r="B111" t="s">
         <v>315</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
+        <v>317</v>
+      </c>
+      <c r="B112" t="s">
         <v>318</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
+        <v>320</v>
+      </c>
+      <c r="B113" t="s">
         <v>321</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
+        <v>323</v>
+      </c>
+      <c r="B114" t="s">
         <v>324</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
+        <v>326</v>
+      </c>
+      <c r="B115" t="s">
         <v>327</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
+        <v>329</v>
+      </c>
+      <c r="B116" t="s">
         <v>330</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
+        <v>331</v>
+      </c>
+      <c r="B117" t="s">
         <v>332</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
+        <v>334</v>
+      </c>
+      <c r="B118" t="s">
         <v>335</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B119"/>
       <c r="C119" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
+        <v>338</v>
+      </c>
+      <c r="B120" t="s">
         <v>339</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B121"/>
       <c r="C121" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
+        <v>343</v>
+      </c>
+      <c r="B122" t="s">
         <v>344</v>
       </c>
-      <c r="B122"/>
       <c r="C122" t="s">
-        <v>345</v>
+        <v>232</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
+        <v>345</v>
+      </c>
+      <c r="B123" t="s">
         <v>346</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C123" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>348</v>
       </c>
       <c r="B124" t="s">
         <v>349</v>
       </c>
       <c r="C124" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>351</v>
       </c>
       <c r="B125" t="s">
         <v>352</v>
       </c>
       <c r="C125" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>354</v>
       </c>
       <c r="B126" t="s">
         <v>355</v>
       </c>
       <c r="C126" t="s">
-        <v>356</v>
+        <v>194</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
+        <v>356</v>
+      </c>
+      <c r="B127" t="s">
         <v>357</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
+        <v>359</v>
+      </c>
+      <c r="B128" t="s">
         <v>360</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
+        <v>362</v>
+      </c>
+      <c r="B129" t="s">
         <v>363</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
+        <v>365</v>
+      </c>
+      <c r="B130" t="s">
         <v>366</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
+        <v>368</v>
+      </c>
+      <c r="B131" t="s">
         <v>369</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
+        <v>371</v>
+      </c>
+      <c r="B132" t="s">
         <v>372</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
+        <v>373</v>
+      </c>
+      <c r="B133" t="s">
         <v>374</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>376</v>
       </c>
       <c r="B134" t="s">
         <v>377</v>
       </c>
       <c r="C134" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>378</v>
       </c>
       <c r="B135" t="s">
         <v>379</v>
       </c>
       <c r="C135" t="s">
-        <v>380</v>
+        <v>107</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
+        <v>380</v>
+      </c>
+      <c r="B136" t="s">
         <v>381</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>383</v>
       </c>
       <c r="B137" t="s">
         <v>384</v>
       </c>
       <c r="C137" t="s">
-        <v>385</v>
+        <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
+        <v>385</v>
+      </c>
+      <c r="B138" t="s">
         <v>386</v>
       </c>
-      <c r="B138" t="s">
+      <c r="C138" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
+        <v>388</v>
+      </c>
+      <c r="B139" t="s">
         <v>389</v>
       </c>
-      <c r="B139" t="s">
+      <c r="C139" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>391</v>
       </c>
       <c r="B140" t="s">
         <v>392</v>
       </c>
       <c r="C140" t="s">
-        <v>393</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
+        <v>393</v>
+      </c>
+      <c r="B141" t="s">
         <v>394</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
+        <v>396</v>
+      </c>
+      <c r="B142" t="s">
         <v>397</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>399</v>
       </c>
       <c r="B143" t="s">
         <v>400</v>
       </c>
       <c r="C143" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
+        <v>401</v>
+      </c>
+      <c r="B144" t="s">
         <v>402</v>
       </c>
-      <c r="B144" t="s">
+      <c r="C144" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
+        <v>404</v>
+      </c>
+      <c r="B145" t="s">
         <v>405</v>
       </c>
-      <c r="B145" t="s">
+      <c r="C145" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>407</v>
       </c>
       <c r="B146" t="s">
         <v>408</v>
       </c>
       <c r="C146" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>409</v>
       </c>
       <c r="B147" t="s">
         <v>410</v>
       </c>
       <c r="C147" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>411</v>
       </c>
       <c r="B148" t="s">
         <v>412</v>
       </c>
       <c r="C148" t="s">
-        <v>413</v>
+        <v>147</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
+        <v>413</v>
+      </c>
+      <c r="B149" t="s">
         <v>414</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
+        <v>416</v>
+      </c>
+      <c r="B150" t="s">
         <v>417</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>419</v>
       </c>
       <c r="B151" t="s">
         <v>420</v>
       </c>
       <c r="C151" t="s">
-        <v>396</v>
+        <v>89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>421</v>
       </c>
       <c r="B152" t="s">
         <v>422</v>
       </c>
       <c r="C152" t="s">
-        <v>423</v>
+        <v>398</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
+        <v>423</v>
+      </c>
+      <c r="B153" t="s">
         <v>424</v>
       </c>
-      <c r="B153" t="s">
+      <c r="C153" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
+        <v>426</v>
+      </c>
+      <c r="B154" t="s">
         <v>427</v>
       </c>
-      <c r="B154" t="s">
+      <c r="C154" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>429</v>
       </c>
       <c r="B155" t="s">
         <v>430</v>
       </c>
       <c r="C155" t="s">
-        <v>224</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>431</v>
       </c>
       <c r="B156" t="s">
         <v>432</v>
       </c>
       <c r="C156" t="s">
-        <v>433</v>
+        <v>220</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
+        <v>433</v>
+      </c>
+      <c r="B157" t="s">
         <v>434</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
+        <v>436</v>
+      </c>
+      <c r="B158" t="s">
         <v>437</v>
       </c>
-      <c r="B158" t="s">
+      <c r="C158" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>439</v>
       </c>
       <c r="B159" t="s">
         <v>440</v>
       </c>
       <c r="C159" t="s">
-        <v>441</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
+        <v>441</v>
+      </c>
+      <c r="B160" t="s">
         <v>442</v>
       </c>
-      <c r="B160" t="s">
+      <c r="C160" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
+        <v>444</v>
+      </c>
+      <c r="B161" t="s">
         <v>445</v>
       </c>
-      <c r="B161" t="s">
+      <c r="C161" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
+        <v>447</v>
+      </c>
+      <c r="B162" t="s">
         <v>448</v>
       </c>
-      <c r="B162" t="s">
+      <c r="C162" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
+        <v>450</v>
+      </c>
+      <c r="B163" t="s">
         <v>451</v>
       </c>
-      <c r="B163" t="s">
+      <c r="C163" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
+        <v>453</v>
+      </c>
+      <c r="B164" t="s">
         <v>454</v>
       </c>
-      <c r="B164" t="s">
+      <c r="C164" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>456</v>
       </c>
       <c r="B165" t="s">
         <v>457</v>
       </c>
       <c r="C165" t="s">
-        <v>453</v>
+        <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>458</v>
       </c>
       <c r="B166" t="s">
         <v>459</v>
       </c>
       <c r="C166" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
+        <v>460</v>
+      </c>
+      <c r="B167" t="s">
         <v>461</v>
       </c>
-      <c r="B167" t="s">
+      <c r="C167" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>463</v>
       </c>
       <c r="B168" t="s">
         <v>464</v>
       </c>
       <c r="C168" t="s">
-        <v>465</v>
+        <v>83</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
+        <v>465</v>
+      </c>
+      <c r="B169" t="s">
         <v>466</v>
       </c>
-      <c r="B169" t="s">
+      <c r="C169" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>468</v>
       </c>
       <c r="B170" t="s">
         <v>469</v>
       </c>
       <c r="C170" t="s">
-        <v>111</v>
+        <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>470</v>
       </c>
       <c r="B171" t="s">
         <v>471</v>
       </c>
       <c r="C171" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>472</v>
       </c>
       <c r="B172" t="s">
         <v>473</v>
       </c>
       <c r="C172" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>474</v>
       </c>
       <c r="B173" t="s">
         <v>475</v>
       </c>
       <c r="C173" t="s">
-        <v>345</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>476</v>
       </c>
       <c r="B174" t="s">
         <v>477</v>
       </c>
       <c r="C174" t="s">
-        <v>275</v>
+        <v>342</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>478</v>
       </c>
       <c r="B175" t="s">
         <v>479</v>
       </c>
       <c r="C175" t="s">
-        <v>78</v>
+        <v>274</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>480</v>
       </c>
       <c r="B176" t="s">
         <v>481</v>
       </c>
       <c r="C176" t="s">
-        <v>482</v>
+        <v>80</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
+        <v>482</v>
+      </c>
+      <c r="B177" t="s">
         <v>483</v>
       </c>
-      <c r="B177" t="s">
+      <c r="C177" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>485</v>
       </c>
       <c r="B178" t="s">
         <v>486</v>
       </c>
       <c r="C178" t="s">
-        <v>487</v>
+        <v>398</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
+        <v>487</v>
+      </c>
+      <c r="B179" t="s">
         <v>488</v>
       </c>
-      <c r="B179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" t="s">
-        <v>490</v>
+        <v>202</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
+        <v>489</v>
+      </c>
+      <c r="B180" t="s">
+        <v>490</v>
+      </c>
+      <c r="C180" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
+        <v>492</v>
+      </c>
+      <c r="B181" t="s">
+        <v>493</v>
+      </c>
+      <c r="C181" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
+        <v>495</v>
+      </c>
+      <c r="B182" t="s">
+        <v>496</v>
+      </c>
+      <c r="C182" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
+        <v>498</v>
+      </c>
+      <c r="B183" t="s">
         <v>499</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
+        <v>500</v>
+      </c>
+      <c r="B184" t="s">
+        <v>501</v>
+      </c>
+      <c r="C184" t="s">
         <v>502</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
+        <v>503</v>
+      </c>
+      <c r="B185" t="s">
+        <v>504</v>
+      </c>
+      <c r="C185" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
+        <v>506</v>
+      </c>
+      <c r="B186" t="s">
         <v>507</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" t="s">
-        <v>509</v>
+        <v>26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
+        <v>508</v>
+      </c>
+      <c r="B187" t="s">
+        <v>509</v>
+      </c>
+      <c r="C187" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
+        <v>511</v>
+      </c>
+      <c r="B188" t="s">
+        <v>512</v>
+      </c>
+      <c r="C188" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
+        <v>514</v>
+      </c>
+      <c r="B189" t="s">
+        <v>515</v>
+      </c>
+      <c r="C189" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
+        <v>517</v>
+      </c>
+      <c r="B190" t="s">
+        <v>518</v>
+      </c>
+      <c r="C190" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
+        <v>520</v>
+      </c>
+      <c r="B191" t="s">
+        <v>521</v>
+      </c>
+      <c r="C191" t="s">
         <v>522</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
+        <v>523</v>
+      </c>
+      <c r="B192" t="s">
+        <v>524</v>
+      </c>
+      <c r="C192" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
+        <v>526</v>
+      </c>
+      <c r="B193" t="s">
+        <v>527</v>
+      </c>
+      <c r="C193" t="s">
         <v>528</v>
-      </c>
-[...4 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
+        <v>529</v>
+      </c>
+      <c r="B194" t="s">
+        <v>530</v>
+      </c>
+      <c r="C194" t="s">
         <v>531</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
+        <v>532</v>
+      </c>
+      <c r="B195" t="s">
         <v>533</v>
       </c>
-      <c r="B195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" t="s">
-        <v>535</v>
+        <v>415</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
+        <v>534</v>
+      </c>
+      <c r="B196" t="s">
+        <v>535</v>
+      </c>
+      <c r="C196" t="s">
         <v>536</v>
-      </c>
-[...4 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
+        <v>537</v>
+      </c>
+      <c r="B197" t="s">
+        <v>538</v>
+      </c>
+      <c r="C197" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
+        <v>540</v>
+      </c>
+      <c r="B198" t="s">
+        <v>541</v>
+      </c>
+      <c r="C198" t="s">
         <v>542</v>
-      </c>
-[...4 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
+        <v>543</v>
+      </c>
+      <c r="B199" t="s">
+        <v>544</v>
+      </c>
+      <c r="C199" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
+        <v>546</v>
+      </c>
+      <c r="B200" t="s">
         <v>547</v>
       </c>
-      <c r="B200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" t="s">
-        <v>20</v>
+        <v>104</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
+        <v>548</v>
+      </c>
+      <c r="B201" t="s">
         <v>549</v>
       </c>
-      <c r="B201" t="s">
+      <c r="C201" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
+        <v>551</v>
+      </c>
+      <c r="B202" t="s">
         <v>552</v>
       </c>
-      <c r="B202" t="s">
+      <c r="C202" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
+        <v>554</v>
+      </c>
+      <c r="B203" t="s">
         <v>555</v>
       </c>
-      <c r="B203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
+        <v>556</v>
+      </c>
+      <c r="B204" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="C204" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
+        <v>558</v>
+      </c>
+      <c r="B205" t="s">
         <v>559</v>
       </c>
-      <c r="B205" t="s">
+      <c r="C205" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>561</v>
       </c>
       <c r="B206" t="s">
         <v>562</v>
       </c>
       <c r="C206" t="s">
-        <v>563</v>
+        <v>162</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
+        <v>563</v>
+      </c>
+      <c r="B207" t="s">
         <v>564</v>
       </c>
-      <c r="B207" t="s">
+      <c r="C207" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
+        <v>566</v>
+      </c>
+      <c r="B208" t="s">
         <v>567</v>
       </c>
-      <c r="B208" t="s">
+      <c r="C208" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>569</v>
       </c>
       <c r="B209" t="s">
         <v>570</v>
       </c>
       <c r="C209" t="s">
-        <v>571</v>
+        <v>308</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
+        <v>571</v>
+      </c>
+      <c r="B210" t="s">
         <v>572</v>
       </c>
-      <c r="B210" t="s">
+      <c r="C210" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
+        <v>574</v>
+      </c>
+      <c r="B211" t="s">
         <v>575</v>
       </c>
-      <c r="B211" t="s">
+      <c r="C211" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
+        <v>577</v>
+      </c>
+      <c r="B212" t="s">
         <v>578</v>
       </c>
-      <c r="B212" t="s">
+      <c r="C212" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
+        <v>580</v>
+      </c>
+      <c r="B213" t="s">
         <v>581</v>
       </c>
-      <c r="B213" t="s">
+      <c r="C213" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>583</v>
       </c>
       <c r="B214" t="s">
         <v>584</v>
       </c>
       <c r="C214" t="s">
-        <v>275</v>
+        <v>582</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>585</v>
       </c>
       <c r="B215" t="s">
         <v>586</v>
       </c>
       <c r="C215" t="s">
-        <v>105</v>
+        <v>274</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>587</v>
       </c>
       <c r="B216" t="s">
         <v>588</v>
       </c>
       <c r="C216" t="s">
-        <v>589</v>
+        <v>104</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
+        <v>589</v>
+      </c>
+      <c r="B217" t="s">
         <v>590</v>
       </c>
-      <c r="B217" t="s">
+      <c r="C217" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
+        <v>592</v>
+      </c>
+      <c r="B218" t="s">
         <v>593</v>
       </c>
-      <c r="B218" t="s">
+      <c r="C218" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
+        <v>595</v>
+      </c>
+      <c r="B219" t="s">
         <v>596</v>
       </c>
-      <c r="B219" t="s">
+      <c r="C219" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>598</v>
       </c>
       <c r="B220" t="s">
         <v>599</v>
       </c>
       <c r="C220" t="s">
-        <v>56</v>
+        <v>367</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>600</v>
       </c>
       <c r="B221" t="s">
         <v>601</v>
       </c>
       <c r="C221" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>602</v>
       </c>
       <c r="B222" t="s">
         <v>603</v>
       </c>
       <c r="C222" t="s">
-        <v>175</v>
+        <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>604</v>
       </c>
       <c r="B223" t="s">
         <v>605</v>
       </c>
       <c r="C223" t="s">
-        <v>267</v>
+        <v>171</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>606</v>
       </c>
       <c r="B224" t="s">
         <v>607</v>
       </c>
       <c r="C224" t="s">
-        <v>608</v>
+        <v>263</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
+        <v>608</v>
+      </c>
+      <c r="B225" t="s">
         <v>609</v>
       </c>
-      <c r="B225" t="s">
+      <c r="C225" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>611</v>
       </c>
       <c r="B226" t="s">
         <v>612</v>
       </c>
       <c r="C226" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>613</v>
       </c>
       <c r="B227" t="s">
         <v>614</v>
       </c>
       <c r="C227" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>615</v>
       </c>
       <c r="B228" t="s">
         <v>616</v>
       </c>
       <c r="C228" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>617</v>
       </c>
       <c r="B229" t="s">
         <v>618</v>
       </c>
       <c r="C229" t="s">
-        <v>198</v>
+        <v>610</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>619</v>
       </c>
       <c r="B230" t="s">
         <v>620</v>
       </c>
       <c r="C230" t="s">
-        <v>621</v>
+        <v>194</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
+        <v>621</v>
+      </c>
+      <c r="B231" t="s">
         <v>622</v>
       </c>
-      <c r="B231" t="s">
+      <c r="C231" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>624</v>
+      </c>
+      <c r="B232" t="s">
         <v>625</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>627</v>
       </c>
       <c r="B233" t="s">
         <v>628</v>
       </c>
       <c r="C233" t="s">
-        <v>629</v>
+        <v>286</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
+        <v>629</v>
+      </c>
+      <c r="B234" t="s">
         <v>630</v>
       </c>
-      <c r="B234" t="s">
+      <c r="C234" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
         <v>632</v>
       </c>
       <c r="B235" t="s">
         <v>633</v>
       </c>
       <c r="C235" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
+        <v>634</v>
+      </c>
+      <c r="B236" t="s">
         <v>635</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>637</v>
       </c>
       <c r="B237" t="s">
         <v>638</v>
       </c>
       <c r="C237" t="s">
-        <v>14</v>
+        <v>147</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>639</v>
       </c>
       <c r="B238" t="s">
         <v>640</v>
       </c>
       <c r="C238" t="s">
-        <v>641</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
+        <v>641</v>
+      </c>
+      <c r="B239" t="s">
         <v>642</v>
       </c>
-      <c r="B239" t="s">
+      <c r="C239" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
+        <v>644</v>
+      </c>
+      <c r="B240" t="s">
         <v>645</v>
       </c>
-      <c r="B240" t="s">
+      <c r="C240" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
+        <v>647</v>
+      </c>
+      <c r="B241" t="s">
         <v>648</v>
       </c>
-      <c r="B241" t="s">
+      <c r="C241" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>650</v>
       </c>
       <c r="B242" t="s">
         <v>651</v>
       </c>
       <c r="C242" t="s">
-        <v>652</v>
+        <v>263</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
+        <v>652</v>
+      </c>
+      <c r="B243" t="s">
         <v>653</v>
       </c>
-      <c r="B243" t="s">
+      <c r="C243" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
+        <v>655</v>
+      </c>
+      <c r="B244" t="s">
         <v>656</v>
       </c>
-      <c r="B244" t="s">
+      <c r="C244" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>658</v>
       </c>
       <c r="B245" t="s">
         <v>659</v>
       </c>
       <c r="C245" t="s">
-        <v>660</v>
+        <v>643</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
+        <v>660</v>
+      </c>
+      <c r="B246" t="s">
         <v>661</v>
       </c>
-      <c r="B246" t="s">
+      <c r="C246" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
+        <v>663</v>
+      </c>
+      <c r="B247" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="C247" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
+        <v>665</v>
+      </c>
+      <c r="B248" t="s">
         <v>666</v>
       </c>
-      <c r="B248" t="s">
+      <c r="C248" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
+        <v>668</v>
+      </c>
+      <c r="B249" t="s">
         <v>669</v>
       </c>
-      <c r="B249" t="s">
+      <c r="C249" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
+        <v>671</v>
+      </c>
+      <c r="B250" t="s">
         <v>672</v>
       </c>
-      <c r="B250" t="s">
+      <c r="C250" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
+        <v>674</v>
+      </c>
+      <c r="B251" t="s">
         <v>675</v>
       </c>
-      <c r="B251" t="s">
+      <c r="C251" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
+        <v>677</v>
+      </c>
+      <c r="B252" t="s">
         <v>678</v>
       </c>
-      <c r="B252" t="s">
+      <c r="C252" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
+        <v>680</v>
+      </c>
+      <c r="B253" t="s">
         <v>681</v>
       </c>
-      <c r="B253" t="s">
+      <c r="C253" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
+        <v>683</v>
+      </c>
+      <c r="B254" t="s">
         <v>684</v>
       </c>
-      <c r="B254" t="s">
+      <c r="C254" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
+        <v>686</v>
+      </c>
+      <c r="B255" t="s">
         <v>687</v>
       </c>
-      <c r="B255" t="s">
+      <c r="C255" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
+        <v>689</v>
+      </c>
+      <c r="B256" t="s">
         <v>690</v>
       </c>
-      <c r="B256" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
+        <v>691</v>
+      </c>
+      <c r="B257" t="s">
         <v>692</v>
       </c>
-      <c r="B257" t="s">
+      <c r="C257" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
+        <v>694</v>
+      </c>
+      <c r="B258" t="s">
         <v>695</v>
       </c>
-      <c r="B258" t="s">
+      <c r="C258" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
+        <v>697</v>
+      </c>
+      <c r="B259" t="s">
         <v>698</v>
       </c>
-      <c r="B259" t="s">
+      <c r="C259" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B260" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="C260" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
+        <v>701</v>
+      </c>
+      <c r="B261" t="s">
         <v>702</v>
       </c>
-      <c r="B261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
+        <v>703</v>
+      </c>
+      <c r="B262" t="s">
         <v>704</v>
       </c>
-      <c r="B262" t="s">
+      <c r="C262" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
         <v>706</v>
       </c>
       <c r="B263" t="s">
         <v>707</v>
       </c>
       <c r="C263" t="s">
-        <v>708</v>
+        <v>26</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
+        <v>708</v>
+      </c>
+      <c r="B264" t="s">
         <v>709</v>
       </c>
-      <c r="B264" t="s">
+      <c r="C264" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
+        <v>711</v>
+      </c>
+      <c r="B265" t="s">
         <v>712</v>
       </c>
-      <c r="B265" t="s">
+      <c r="C265" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
+        <v>714</v>
+      </c>
+      <c r="B266" t="s">
         <v>715</v>
       </c>
-      <c r="B266" t="s">
+      <c r="C266" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
         <v>717</v>
       </c>
       <c r="B267" t="s">
         <v>718</v>
       </c>
       <c r="C267" t="s">
-        <v>719</v>
+        <v>202</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
+        <v>719</v>
+      </c>
+      <c r="B268" t="s">
         <v>720</v>
       </c>
-      <c r="B268" t="s">
+      <c r="C268" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
+        <v>722</v>
+      </c>
+      <c r="B269" t="s">
         <v>723</v>
       </c>
-      <c r="B269" t="s">
+      <c r="C269" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>725</v>
       </c>
       <c r="B270" t="s">
         <v>726</v>
       </c>
       <c r="C270" t="s">
-        <v>26</v>
+        <v>721</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>727</v>
       </c>
       <c r="B271" t="s">
         <v>728</v>
       </c>
       <c r="C271" t="s">
-        <v>729</v>
+        <v>26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
+        <v>729</v>
+      </c>
+      <c r="B272" t="s">
         <v>730</v>
       </c>
-      <c r="B272" t="s">
+      <c r="C272" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
+        <v>732</v>
+      </c>
+      <c r="B273" t="s">
         <v>733</v>
       </c>
-      <c r="B273" t="s">
+      <c r="C273" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
+        <v>735</v>
+      </c>
+      <c r="B274" t="s">
         <v>736</v>
       </c>
-      <c r="B274" t="s">
+      <c r="C274" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
+        <v>738</v>
+      </c>
+      <c r="B275" t="s">
         <v>739</v>
       </c>
-      <c r="B275" t="s">
+      <c r="C275" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
         <v>741</v>
       </c>
       <c r="B276" t="s">
         <v>742</v>
       </c>
       <c r="C276" t="s">
-        <v>743</v>
+        <v>724</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
+        <v>743</v>
+      </c>
+      <c r="B277" t="s">
         <v>744</v>
       </c>
-      <c r="B277" t="s">
+      <c r="C277" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
+        <v>746</v>
+      </c>
+      <c r="B278" t="s">
         <v>747</v>
       </c>
-      <c r="B278" t="s">
+      <c r="C278" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
+        <v>749</v>
+      </c>
+      <c r="B279" t="s">
         <v>750</v>
       </c>
-      <c r="B279" t="s">
+      <c r="C279" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>752</v>
       </c>
       <c r="B280" t="s">
         <v>753</v>
       </c>
       <c r="C280" t="s">
-        <v>754</v>
+        <v>83</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
+        <v>754</v>
+      </c>
+      <c r="B281" t="s">
         <v>755</v>
       </c>
-      <c r="B281" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" t="s">
-        <v>757</v>
+        <v>573</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
+        <v>756</v>
+      </c>
+      <c r="B282" t="s">
+        <v>757</v>
+      </c>
+      <c r="C282" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
+        <v>759</v>
+      </c>
+      <c r="B283" t="s">
+        <v>760</v>
+      </c>
+      <c r="C283" t="s">
         <v>761</v>
-      </c>
-[...4 lines deleted...]
-        <v>763</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
+        <v>762</v>
+      </c>
+      <c r="B284" t="s">
+        <v>763</v>
+      </c>
+      <c r="C284" t="s">
         <v>764</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
+        <v>765</v>
+      </c>
+      <c r="B285" t="s">
         <v>766</v>
       </c>
-      <c r="B285" t="s">
+      <c r="C285" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
+        <v>768</v>
+      </c>
+      <c r="B286" t="s">
         <v>769</v>
       </c>
-      <c r="B286" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" t="s">
-        <v>771</v>
+        <v>274</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
+        <v>770</v>
+      </c>
+      <c r="B287" t="s">
+        <v>771</v>
+      </c>
+      <c r="C287" t="s">
         <v>772</v>
-      </c>
-[...4 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
+        <v>773</v>
+      </c>
+      <c r="B288" t="s">
         <v>774</v>
       </c>
-      <c r="B288" t="s">
+      <c r="C288" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
+        <v>776</v>
+      </c>
+      <c r="B289" t="s">
         <v>777</v>
       </c>
-      <c r="B289" t="s">
+      <c r="C289" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
+        <v>779</v>
+      </c>
+      <c r="B290" t="s">
         <v>780</v>
       </c>
-      <c r="B290" t="s">
+      <c r="C290" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
+        <v>782</v>
+      </c>
+      <c r="B291" t="s">
         <v>783</v>
       </c>
-      <c r="B291" t="s">
+      <c r="C291" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>785</v>
       </c>
       <c r="B292" t="s">
         <v>786</v>
       </c>
       <c r="C292" t="s">
-        <v>166</v>
+        <v>787</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B293" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C293" t="s">
-        <v>789</v>
+        <v>545</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
         <v>790</v>
       </c>
       <c r="B294" t="s">
         <v>791</v>
       </c>
       <c r="C294" t="s">
-        <v>792</v>
+        <v>162</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
+        <v>792</v>
+      </c>
+      <c r="B295" t="s">
         <v>793</v>
       </c>
-      <c r="B295" t="s">
+      <c r="C295" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>795</v>
+      </c>
+      <c r="B296" t="s">
         <v>796</v>
       </c>
-      <c r="B296" t="s">
+      <c r="C296" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
+        <v>798</v>
+      </c>
+      <c r="B297" t="s">
         <v>799</v>
       </c>
-      <c r="B297" t="s">
+      <c r="C297" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>801</v>
+      </c>
+      <c r="B298" t="s">
         <v>802</v>
       </c>
-      <c r="B298" t="s">
+      <c r="C298" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
+        <v>804</v>
+      </c>
+      <c r="B299" t="s">
         <v>805</v>
       </c>
-      <c r="B299" t="s">
+      <c r="C299" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
+        <v>807</v>
+      </c>
+      <c r="B300" t="s">
         <v>808</v>
       </c>
-      <c r="B300" t="s">
+      <c r="C300" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>810</v>
       </c>
       <c r="B301" t="s">
         <v>811</v>
       </c>
       <c r="C301" t="s">
-        <v>749</v>
+        <v>812</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B302" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C302" t="s">
-        <v>132</v>
+        <v>815</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B303" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C303" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B304" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C304" t="s">
-        <v>819</v>
+        <v>751</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B305" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C305" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B306" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C306" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B307" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C307" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B308" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C308" t="s">
-        <v>329</v>
+        <v>832</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B309" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C309" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B310" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C310" t="s">
-        <v>47</v>
+        <v>838</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B311" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="C311" t="s">
-        <v>281</v>
+        <v>328</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B312" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="C312" t="s">
-        <v>14</v>
+        <v>843</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="B313" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="C313" t="s">
-        <v>842</v>
+        <v>47</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B314" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C314" t="s">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="B315" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C315" t="s">
-        <v>460</v>
+        <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B316" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C316" t="s">
-        <v>689</v>
+        <v>852</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="B317" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="C317" t="s">
-        <v>851</v>
+        <v>462</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="B318" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C318" t="s">
-        <v>854</v>
+        <v>462</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B319" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C319" t="s">
-        <v>857</v>
+        <v>688</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B320" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C320" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B321" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C321" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B322" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C322" t="s">
-        <v>644</v>
+        <v>867</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="B323" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C323" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="B324" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C324" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="B325" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C325" t="s">
-        <v>385</v>
+        <v>646</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="B326" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C326" t="s">
-        <v>795</v>
+        <v>878</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B327" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="C327" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B328" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C328" t="s">
-        <v>881</v>
+        <v>387</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B329" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C329" t="s">
-        <v>166</v>
+        <v>800</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B330" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C330" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B331" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C331" t="s">
-        <v>647</v>
+        <v>891</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="B332" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="C332" t="s">
-        <v>891</v>
+        <v>162</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B333" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C333" t="s">
-        <v>493</v>
+        <v>896</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B334" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C334" t="s">
-        <v>896</v>
+        <v>649</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B335" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C335" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="B336" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C336" t="s">
-        <v>902</v>
+        <v>494</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B337" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C337" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B338" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C338" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B339" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C339" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B340" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C340" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B341" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C341" t="s">
-        <v>209</v>
+        <v>918</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B342" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C342" t="s">
-        <v>245</v>
+        <v>921</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="B343" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="C343" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B344" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C344" t="s">
-        <v>385</v>
+        <v>205</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B345" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C345" t="s">
-        <v>926</v>
+        <v>241</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B346" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C346" t="s">
-        <v>111</v>
+        <v>931</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="B347" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="C347" t="s">
-        <v>931</v>
+        <v>387</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B348" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C348" t="s">
-        <v>224</v>
+        <v>936</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="B349" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="C349" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="B350" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C350" t="s">
-        <v>938</v>
+        <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B351" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C351" t="s">
-        <v>941</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B352" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C352" t="s">
-        <v>944</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
         <v>945</v>
       </c>
       <c r="B353" t="s">
         <v>946</v>
       </c>
       <c r="C353" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
         <v>948</v>
       </c>
       <c r="B354" t="s">
         <v>949</v>
       </c>
       <c r="C354" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="355" spans="1:3">
@@ -10408,4815 +10437,4848 @@
         <v>955</v>
       </c>
       <c r="C356" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
         <v>957</v>
       </c>
       <c r="B357" t="s">
         <v>958</v>
       </c>
       <c r="C357" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
         <v>960</v>
       </c>
       <c r="B358" t="s">
         <v>961</v>
       </c>
       <c r="C358" t="s">
-        <v>857</v>
+        <v>962</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B359" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C359" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B360" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C360" t="s">
-        <v>746</v>
+        <v>968</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B361" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C361" t="s">
-        <v>857</v>
+        <v>971</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="B362" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="C362" t="s">
-        <v>971</v>
+        <v>867</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B363" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C363" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="B364" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C364" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B365" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C365" t="s">
-        <v>504</v>
+        <v>867</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="B366" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C366" t="s">
-        <v>90</v>
+        <v>983</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="B367" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="C367" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="B368" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="C368" t="s">
-        <v>986</v>
+        <v>740</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="B369" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C369" t="s">
-        <v>81</v>
+        <v>505</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B370" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C370" t="s">
-        <v>991</v>
+        <v>89</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B371" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C371" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B372" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C372" t="s">
-        <v>595</v>
+        <v>998</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B373" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C373" t="s">
-        <v>608</v>
+        <v>83</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B374" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C374" t="s">
-        <v>608</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="B375" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="C375" t="s">
-        <v>714</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="B376" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="C376" t="s">
-        <v>1005</v>
+        <v>597</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="B377" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="C377" t="s">
-        <v>1008</v>
+        <v>610</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B378" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C378" t="s">
-        <v>1008</v>
+        <v>610</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B379" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C379" t="s">
-        <v>1013</v>
+        <v>716</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B380" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C380" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B381" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C381" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B382" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C382" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="B383" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C383" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B384" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C384" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B385" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C385" t="s">
-        <v>608</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B386" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C386" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B387" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C387" t="s">
-        <v>956</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B388" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C388" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="B389" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="C389" t="s">
-        <v>956</v>
+        <v>610</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="B390" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C390" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B391" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C391" t="s">
-        <v>1044</v>
+        <v>965</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B392" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C392" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B393" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C393" t="s">
-        <v>1050</v>
+        <v>965</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
         <v>1051</v>
       </c>
       <c r="B394" t="s">
         <v>1052</v>
       </c>
       <c r="C394" t="s">
-        <v>694</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B395" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C395" t="s">
-        <v>563</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B396" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C396" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B397" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C397" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B398" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C398" t="s">
-        <v>59</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="B399" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="C399" t="s">
-        <v>1065</v>
+        <v>693</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="B400" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C400" t="s">
-        <v>1068</v>
+        <v>565</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B401" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C401" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B402" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C402" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B403" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C403" t="s">
-        <v>1077</v>
+        <v>59</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
         <v>1078</v>
       </c>
       <c r="B404" t="s">
         <v>1079</v>
       </c>
       <c r="C404" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
         <v>1081</v>
       </c>
       <c r="B405" t="s">
         <v>1082</v>
       </c>
       <c r="C405" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
         <v>1084</v>
       </c>
       <c r="B406" t="s">
         <v>1085</v>
       </c>
       <c r="C406" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="B407" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="C407" t="s">
-        <v>233</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B408" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C408" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B409" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C409" t="s">
-        <v>1093</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B410" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C410" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C411" t="s">
         <v>1097</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B412" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C412" t="s">
-        <v>1101</v>
+        <v>229</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
         <v>1102</v>
       </c>
       <c r="B413" t="s">
         <v>1103</v>
       </c>
       <c r="C413" t="s">
-        <v>251</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>1104</v>
-[...1 lines deleted...]
-      <c r="B414"/>
+        <v>1105</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1106</v>
+      </c>
       <c r="C414" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="B415"/>
+        <v>1108</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1109</v>
+      </c>
       <c r="C415" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="B416" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C416" t="s">
-        <v>1110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B417" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C417" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B418" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C418" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>1116</v>
-[...3 lines deleted...]
-      </c>
+        <v>1118</v>
+      </c>
+      <c r="B419"/>
       <c r="C419" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="B420" t="s">
         <v>1120</v>
       </c>
+      <c r="B420"/>
       <c r="C420" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
         <v>1122</v>
       </c>
       <c r="B421" t="s">
         <v>1123</v>
       </c>
       <c r="C421" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
         <v>1125</v>
       </c>
       <c r="B422" t="s">
         <v>1126</v>
       </c>
       <c r="C422" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
         <v>1128</v>
       </c>
       <c r="B423" t="s">
         <v>1129</v>
       </c>
       <c r="C423" t="s">
-        <v>1130</v>
+        <v>226</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B424" t="s">
         <v>1131</v>
       </c>
-      <c r="B424" t="s">
+      <c r="C424" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B425" t="s">
         <v>1134</v>
       </c>
-      <c r="B425" t="s">
+      <c r="C425" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B426" t="s">
         <v>1137</v>
       </c>
-      <c r="B426" t="s">
+      <c r="C426" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B427" t="s">
         <v>1140</v>
       </c>
-      <c r="B427" t="s">
+      <c r="C427" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
         <v>1142</v>
       </c>
       <c r="B428" t="s">
         <v>1143</v>
       </c>
       <c r="C428" t="s">
-        <v>23</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B429" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C429" t="s">
-        <v>804</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="B430" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C430" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B431" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C431" t="s">
-        <v>1151</v>
+        <v>83</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B432" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C432" t="s">
-        <v>1154</v>
+        <v>23</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
         <v>1155</v>
       </c>
       <c r="B433" t="s">
         <v>1156</v>
       </c>
       <c r="C433" t="s">
-        <v>950</v>
+        <v>812</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
         <v>1157</v>
       </c>
       <c r="B434" t="s">
         <v>1158</v>
       </c>
       <c r="C434" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
         <v>1160</v>
       </c>
       <c r="B435" t="s">
         <v>1161</v>
       </c>
       <c r="C435" t="s">
-        <v>595</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B436" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C436" t="s">
-        <v>450</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="B437" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="C437" t="s">
-        <v>62</v>
+        <v>959</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B438" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C438" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B439" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C439" t="s">
-        <v>1171</v>
+        <v>597</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>1172</v>
-[...1 lines deleted...]
-      <c r="B440"/>
+        <v>1173</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1174</v>
+      </c>
       <c r="C440" t="s">
-        <v>1173</v>
+        <v>452</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B441" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C441" t="s">
-        <v>886</v>
+        <v>62</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B442" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C442" t="s">
-        <v>655</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="B443" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C443" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>1181</v>
-[...3 lines deleted...]
-      </c>
+        <v>1183</v>
+      </c>
+      <c r="B444"/>
       <c r="C444" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B445" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C445" t="s">
-        <v>1183</v>
+        <v>896</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="B446" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C446" t="s">
-        <v>1183</v>
+        <v>657</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B447" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C447" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="B448" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C448" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C449" t="s">
         <v>1194</v>
-      </c>
-[...4 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
         <v>1197</v>
       </c>
       <c r="B450" t="s">
         <v>1198</v>
       </c>
       <c r="C450" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B451" t="s">
         <v>1200</v>
       </c>
-      <c r="B451" t="s">
+      <c r="C451" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B452" t="s">
         <v>1203</v>
       </c>
-      <c r="B452" t="s">
+      <c r="C452" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B453" t="s">
         <v>1206</v>
       </c>
-      <c r="B453" t="s">
+      <c r="C453" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
         <v>1208</v>
       </c>
       <c r="B454" t="s">
         <v>1209</v>
       </c>
       <c r="C454" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
         <v>1211</v>
       </c>
       <c r="B455" t="s">
         <v>1212</v>
       </c>
       <c r="C455" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
         <v>1214</v>
       </c>
       <c r="B456" t="s">
         <v>1215</v>
       </c>
       <c r="C456" t="s">
-        <v>660</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="B457" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="C457" t="s">
-        <v>544</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B458" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C458" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B459" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C459" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="B460" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C460" t="s">
-        <v>99</v>
+        <v>662</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B461" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C461" t="s">
-        <v>1227</v>
+        <v>545</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B462" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C462" t="s">
-        <v>1230</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
         <v>1231</v>
       </c>
       <c r="B463" t="s">
         <v>1232</v>
       </c>
       <c r="C463" t="s">
-        <v>1113</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
         <v>1233</v>
       </c>
       <c r="B464" t="s">
         <v>1234</v>
       </c>
       <c r="C464" t="s">
-        <v>260</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
         <v>1235</v>
       </c>
       <c r="B465" t="s">
         <v>1236</v>
       </c>
       <c r="C465" t="s">
-        <v>260</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B466" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C466" t="s">
-        <v>1239</v>
+        <v>98</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
         <v>1240</v>
       </c>
       <c r="B467" t="s">
         <v>1241</v>
       </c>
       <c r="C467" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
         <v>1243</v>
       </c>
       <c r="B468" t="s">
         <v>1244</v>
       </c>
       <c r="C468" t="s">
-        <v>1210</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B469" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C469" t="s">
-        <v>660</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B470" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="C470" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B471" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C471" t="s">
-        <v>851</v>
+        <v>256</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B472" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C472" t="s">
-        <v>851</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="B473" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="C473" t="s">
-        <v>950</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="B474" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="C474" t="s">
-        <v>62</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="B475" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="C475" t="s">
-        <v>1259</v>
+        <v>662</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="B476" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="C476" t="s">
-        <v>1262</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B477" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C477" t="s">
-        <v>151</v>
+        <v>861</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B478" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C478" t="s">
-        <v>1267</v>
+        <v>959</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
         <v>1268</v>
       </c>
       <c r="B479" t="s">
         <v>1269</v>
       </c>
       <c r="C479" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
         <v>1271</v>
       </c>
       <c r="B480" t="s">
         <v>1272</v>
       </c>
       <c r="C480" t="s">
-        <v>860</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B481" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C481" t="s">
-        <v>123</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="B482" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="C482" t="s">
-        <v>1196</v>
+        <v>147</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B483" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C483" t="s">
-        <v>368</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B484" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C484" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="B485" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="C485" t="s">
-        <v>175</v>
+        <v>870</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B486" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C486" t="s">
-        <v>563</v>
+        <v>119</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="B487" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="C487" t="s">
-        <v>1148</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B488" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C488" t="s">
-        <v>1290</v>
+        <v>367</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="B489" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="C489" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="B490" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C490" t="s">
-        <v>1296</v>
+        <v>171</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B491" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C491" t="s">
-        <v>1299</v>
+        <v>565</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
         <v>1300</v>
       </c>
       <c r="B492" t="s">
         <v>1301</v>
       </c>
       <c r="C492" t="s">
-        <v>166</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
         <v>1302</v>
       </c>
       <c r="B493" t="s">
         <v>1303</v>
       </c>
       <c r="C493" t="s">
-        <v>26</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B494" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C494" t="s">
-        <v>663</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="B495" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="C495" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="B496" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="C496" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B497" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="C497" t="s">
-        <v>986</v>
+        <v>162</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="B498" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="C498" t="s">
-        <v>986</v>
+        <v>26</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="B499" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C499" t="s">
-        <v>986</v>
+        <v>778</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B500" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="C500" t="s">
-        <v>986</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="B501" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="C501" t="s">
-        <v>1068</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="B502" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="C502" t="s">
-        <v>1324</v>
+        <v>998</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="B503" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="C503" t="s">
-        <v>1110</v>
+        <v>998</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="B504" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="C504" t="s">
-        <v>47</v>
+        <v>998</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="B505" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="C505" t="s">
-        <v>1331</v>
+        <v>998</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="B506" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="C506" t="s">
-        <v>1334</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B507" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C507" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="B508" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="C508" t="s">
-        <v>1340</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
         <v>1341</v>
       </c>
       <c r="B509" t="s">
         <v>1342</v>
       </c>
       <c r="C509" t="s">
-        <v>563</v>
+        <v>47</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
         <v>1343</v>
       </c>
       <c r="B510" t="s">
         <v>1344</v>
       </c>
       <c r="C510" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
         <v>1346</v>
       </c>
       <c r="B511" t="s">
         <v>1347</v>
       </c>
       <c r="C511" t="s">
-        <v>689</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B512" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C512" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B513" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C513" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B514" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="C514" t="s">
-        <v>1356</v>
+        <v>688</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>1357</v>
       </c>
       <c r="B515" t="s">
         <v>1358</v>
       </c>
       <c r="C515" t="s">
-        <v>1359</v>
+        <v>565</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B516" t="s">
         <v>1360</v>
       </c>
-      <c r="B516" t="s">
+      <c r="C516" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B517" t="s">
         <v>1363</v>
       </c>
-      <c r="B517"/>
       <c r="C517" t="s">
-        <v>1364</v>
+        <v>688</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B518" t="s">
         <v>1365</v>
       </c>
-      <c r="B518" t="s">
+      <c r="C518" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B519" t="s">
         <v>1368</v>
       </c>
-      <c r="B519" t="s">
+      <c r="C519" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
         <v>1370</v>
       </c>
       <c r="B520" t="s">
         <v>1371</v>
       </c>
       <c r="C520" t="s">
-        <v>181</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>1372</v>
       </c>
       <c r="B521" t="s">
         <v>1373</v>
       </c>
       <c r="C521" t="s">
-        <v>181</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="B522" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C522" t="s">
-        <v>401</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>1376</v>
-[...3 lines deleted...]
-      </c>
+        <v>1378</v>
+      </c>
+      <c r="B523"/>
       <c r="C523" t="s">
-        <v>380</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B524" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="C524" t="s">
-        <v>29</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="B525" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="C525" t="s">
-        <v>1382</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="B526" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C526" t="s">
-        <v>1385</v>
+        <v>177</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B527" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="C527" t="s">
-        <v>663</v>
+        <v>177</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B528" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C528" t="s">
-        <v>595</v>
+        <v>403</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B529" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="C529" t="s">
-        <v>1392</v>
+        <v>382</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
         <v>1393</v>
       </c>
       <c r="B530" t="s">
         <v>1394</v>
       </c>
       <c r="C530" t="s">
-        <v>309</v>
+        <v>29</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
         <v>1395</v>
       </c>
       <c r="B531" t="s">
         <v>1396</v>
       </c>
       <c r="C531" t="s">
-        <v>719</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B532" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C532" t="s">
-        <v>371</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B533" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="C533" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="B534" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="C534" t="s">
-        <v>388</v>
+        <v>778</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B535" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="C535" t="s">
-        <v>1406</v>
+        <v>597</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B536" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="C536" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B537" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C537" t="s">
-        <v>105</v>
+        <v>308</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B538" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C538" t="s">
-        <v>1414</v>
+        <v>721</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
         <v>1415</v>
       </c>
       <c r="B539" t="s">
         <v>1416</v>
       </c>
       <c r="C539" t="s">
-        <v>1417</v>
+        <v>370</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B540" t="s">
         <v>1418</v>
       </c>
-      <c r="B540" t="s">
+      <c r="C540" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B541" t="s">
         <v>1421</v>
       </c>
-      <c r="B541" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C541" t="s">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B542" t="s">
         <v>1423</v>
       </c>
-      <c r="B542" t="s">
+      <c r="C542" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B543" t="s">
         <v>1426</v>
       </c>
-      <c r="B543" t="s">
+      <c r="C543" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
         <v>1428</v>
       </c>
       <c r="B544" t="s">
         <v>1429</v>
       </c>
       <c r="C544" t="s">
-        <v>798</v>
+        <v>104</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>1430</v>
       </c>
       <c r="B545" t="s">
         <v>1431</v>
       </c>
       <c r="C545" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>1433</v>
       </c>
       <c r="B546" t="s">
         <v>1434</v>
       </c>
       <c r="C546" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>1436</v>
       </c>
       <c r="B547" t="s">
         <v>1437</v>
       </c>
       <c r="C547" t="s">
-        <v>184</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B548" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C548" t="s">
-        <v>460</v>
+        <v>896</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B549" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C549" t="s">
-        <v>1442</v>
+        <v>491</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>1443</v>
       </c>
       <c r="B550" t="s">
         <v>1444</v>
       </c>
       <c r="C550" t="s">
-        <v>689</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B551" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C551" t="s">
-        <v>493</v>
+        <v>367</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B552" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="C552" t="s">
-        <v>1449</v>
+        <v>803</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>1450</v>
       </c>
       <c r="B553" t="s">
         <v>1451</v>
       </c>
       <c r="C553" t="s">
-        <v>309</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="B554" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="C554" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="B555" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="C555" t="s">
-        <v>1080</v>
+        <v>462</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B556" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C556" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B557" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="C557" t="s">
-        <v>1462</v>
+        <v>688</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>1463</v>
       </c>
       <c r="B558" t="s">
         <v>1464</v>
       </c>
       <c r="C558" t="s">
-        <v>78</v>
+        <v>494</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>1465</v>
       </c>
       <c r="B559" t="s">
         <v>1466</v>
       </c>
       <c r="C559" t="s">
-        <v>1401</v>
+        <v>308</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
         <v>1467</v>
       </c>
       <c r="B560" t="s">
         <v>1468</v>
       </c>
       <c r="C560" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
         <v>1470</v>
       </c>
       <c r="B561" t="s">
         <v>1471</v>
       </c>
       <c r="C561" t="s">
-        <v>1469</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
         <v>1472</v>
       </c>
       <c r="B562" t="s">
         <v>1473</v>
       </c>
       <c r="C562" t="s">
         <v>1474</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
         <v>1475</v>
       </c>
       <c r="B563" t="s">
         <v>1476</v>
       </c>
       <c r="C563" t="s">
-        <v>795</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B564" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C564" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="B565" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C565" t="s">
-        <v>81</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B566" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C566" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C567" t="s">
         <v>1484</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B568" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="C568" t="s">
-        <v>154</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>1488</v>
-[...1 lines deleted...]
-      <c r="B569"/>
+        <v>1490</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1491</v>
+      </c>
       <c r="C569" t="s">
-        <v>1359</v>
+        <v>800</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="B570" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="C570" t="s">
-        <v>592</v>
+        <v>89</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="B571" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="C571" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="B572" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="C572" t="s">
-        <v>592</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B573" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="C573" t="s">
-        <v>1497</v>
+        <v>646</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="B574" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="C574" t="s">
-        <v>47</v>
+        <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>1500</v>
-[...3 lines deleted...]
-      </c>
+        <v>1503</v>
+      </c>
+      <c r="B575"/>
       <c r="C575" t="s">
-        <v>1502</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="B576" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="C576" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B577" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C577" t="s">
-        <v>166</v>
+        <v>89</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B578" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C578" t="s">
-        <v>251</v>
+        <v>594</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B579" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="C579" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B580" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="C580" t="s">
-        <v>1511</v>
+        <v>47</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B581" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C581" t="s">
-        <v>108</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="B582" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="C582" t="s">
-        <v>1518</v>
+        <v>597</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B583" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="C583" t="s">
-        <v>1031</v>
+        <v>162</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B584" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C584" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B585" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C585" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C586" t="s">
         <v>1526</v>
-      </c>
-[...4 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
         <v>1529</v>
       </c>
       <c r="B587" t="s">
         <v>1530</v>
       </c>
       <c r="C587" t="s">
-        <v>1531</v>
+        <v>107</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B588" t="s">
         <v>1532</v>
       </c>
-      <c r="B588" t="s">
+      <c r="C588" t="s">
         <v>1533</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
         <v>1534</v>
       </c>
       <c r="B589" t="s">
         <v>1535</v>
       </c>
       <c r="C589" t="s">
-        <v>1536</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B590" t="s">
         <v>1537</v>
       </c>
-      <c r="B590" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C590" t="s">
-        <v>719</v>
+        <v>263</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B591" t="s">
         <v>1539</v>
       </c>
-      <c r="B591" t="s">
+      <c r="C591" t="s">
         <v>1540</v>
-      </c>
-[...1 lines deleted...]
-        <v>1541</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B592" t="s">
         <v>1542</v>
       </c>
-      <c r="B592" t="s">
+      <c r="C592" t="s">
         <v>1543</v>
-      </c>
-[...1 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B593" t="s">
         <v>1545</v>
       </c>
-      <c r="B593" t="s">
+      <c r="C593" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
         <v>1547</v>
       </c>
       <c r="B594" t="s">
         <v>1548</v>
       </c>
       <c r="C594" t="s">
-        <v>90</v>
+        <v>398</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
         <v>1549</v>
       </c>
       <c r="B595" t="s">
         <v>1550</v>
       </c>
       <c r="C595" t="s">
-        <v>90</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="B596" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="C596" t="s">
-        <v>1553</v>
+        <v>721</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
         <v>1554</v>
       </c>
       <c r="B597" t="s">
         <v>1555</v>
       </c>
       <c r="C597" t="s">
         <v>1556</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
         <v>1557</v>
       </c>
       <c r="B598" t="s">
         <v>1558</v>
       </c>
       <c r="C598" t="s">
-        <v>206</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B599" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C599" t="s">
-        <v>209</v>
+        <v>89</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="B600" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C600" t="s">
-        <v>206</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="B601" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C601" t="s">
-        <v>1406</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="B602" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="C602" t="s">
-        <v>1567</v>
+        <v>202</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="B603" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="C603" t="s">
-        <v>1567</v>
+        <v>205</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="B604" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="C604" t="s">
-        <v>1572</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B605" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C605" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C606" t="s">
         <v>1576</v>
-      </c>
-[...4 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B607" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="C607" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B608" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C608" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B609" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="C609" t="s">
-        <v>233</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B610" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C610" t="s">
-        <v>26</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B611" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="C611" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="B612" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="C612" t="s">
-        <v>275</v>
+        <v>229</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="B613" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="C613" t="s">
-        <v>1595</v>
+        <v>26</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B614" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="C614" t="s">
-        <v>396</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="B615" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="C615" t="s">
-        <v>1483</v>
+        <v>274</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="B616" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="C616" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B617" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C617" t="s">
-        <v>1605</v>
+        <v>398</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="B618" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="C618" t="s">
-        <v>1608</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
         <v>1609</v>
       </c>
       <c r="B619" t="s">
         <v>1610</v>
       </c>
       <c r="C619" t="s">
-        <v>1350</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="B620" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C620" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="B621" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="C621" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B622" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="C622" t="s">
-        <v>278</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B623" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="C623" t="s">
-        <v>143</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="B624" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="C624" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B625" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="C625" t="s">
-        <v>169</v>
+        <v>277</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="B626" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="C626" t="s">
-        <v>938</v>
+        <v>139</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="B627" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="C627" t="s">
-        <v>938</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="B628" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="C628" t="s">
-        <v>938</v>
+        <v>165</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="B629" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="C629" t="s">
-        <v>287</v>
+        <v>947</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="B630" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="C630" t="s">
-        <v>380</v>
+        <v>947</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="B631" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="C631" t="s">
-        <v>1638</v>
+        <v>947</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B632" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C632" t="s">
-        <v>267</v>
+        <v>286</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="B633" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="C633" t="s">
-        <v>1643</v>
+        <v>382</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="B634" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="C634" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="B635" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="C635" t="s">
-        <v>1649</v>
+        <v>263</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
         <v>1650</v>
       </c>
       <c r="B636" t="s">
         <v>1651</v>
       </c>
       <c r="C636" t="s">
-        <v>1652</v>
+        <v>375</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B637" t="s">
         <v>1653</v>
       </c>
-      <c r="B637" t="s">
+      <c r="C637" t="s">
         <v>1654</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
         <v>1655</v>
       </c>
       <c r="B638" t="s">
         <v>1656</v>
       </c>
       <c r="C638" t="s">
-        <v>1638</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B639" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C639" t="s">
-        <v>490</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="B640" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="C640" t="s">
-        <v>267</v>
+        <v>395</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="B641" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C641" t="s">
-        <v>1663</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B642" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="C642" t="s">
-        <v>175</v>
+        <v>491</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B643" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="C643" t="s">
-        <v>689</v>
+        <v>263</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B644" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="C644" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B645" t="s">
-        <v>1672</v>
+        <v>1561</v>
       </c>
       <c r="C645" t="s">
-        <v>1673</v>
+        <v>89</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B646" t="s">
         <v>1674</v>
       </c>
-      <c r="B646" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C646" t="s">
-        <v>1425</v>
+        <v>171</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B647" t="s">
         <v>1676</v>
       </c>
-      <c r="B647" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C647" t="s">
-        <v>345</v>
+        <v>688</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B648" t="s">
         <v>1678</v>
       </c>
-      <c r="B648" t="s">
+      <c r="C648" t="s">
         <v>1679</v>
-      </c>
-[...1 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B649" t="s">
         <v>1681</v>
       </c>
-      <c r="B649" t="s">
+      <c r="C649" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
         <v>1683</v>
       </c>
       <c r="B650" t="s">
         <v>1684</v>
       </c>
       <c r="C650" t="s">
-        <v>1685</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B651" t="s">
         <v>1686</v>
       </c>
-      <c r="B651" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C651" t="s">
-        <v>1685</v>
+        <v>342</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B652" t="s">
         <v>1688</v>
       </c>
-      <c r="B652" t="s">
+      <c r="C652" t="s">
         <v>1689</v>
-      </c>
-[...1 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
         <v>1690</v>
       </c>
       <c r="B653" t="s">
         <v>1691</v>
       </c>
       <c r="C653" t="s">
-        <v>1685</v>
+        <v>539</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
         <v>1692</v>
       </c>
       <c r="B654" t="s">
         <v>1693</v>
       </c>
       <c r="C654" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
         <v>1695</v>
       </c>
       <c r="B655" t="s">
         <v>1696</v>
       </c>
       <c r="C655" t="s">
-        <v>1133</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
         <v>1697</v>
       </c>
       <c r="B656" t="s">
         <v>1698</v>
       </c>
       <c r="C656" t="s">
-        <v>509</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
         <v>1699</v>
       </c>
       <c r="B657" t="s">
         <v>1700</v>
       </c>
       <c r="C657" t="s">
-        <v>254</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B658" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C658" t="s">
-        <v>1703</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
         <v>1704</v>
       </c>
       <c r="B659" t="s">
         <v>1705</v>
       </c>
       <c r="C659" t="s">
-        <v>1567</v>
+        <v>510</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
         <v>1706</v>
       </c>
       <c r="B660" t="s">
         <v>1707</v>
       </c>
       <c r="C660" t="s">
-        <v>1567</v>
+        <v>250</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
         <v>1708</v>
       </c>
       <c r="B661" t="s">
         <v>1709</v>
       </c>
       <c r="C661" t="s">
-        <v>1567</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="B662" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="C662" t="s">
-        <v>1712</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
         <v>1713</v>
       </c>
       <c r="B663" t="s">
         <v>1714</v>
       </c>
       <c r="C663" t="s">
-        <v>450</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
         <v>1715</v>
       </c>
       <c r="B664" t="s">
         <v>1716</v>
       </c>
       <c r="C664" t="s">
-        <v>719</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B665" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="C665" t="s">
-        <v>1719</v>
+        <v>452</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
         <v>1720</v>
       </c>
       <c r="B666" t="s">
         <v>1721</v>
       </c>
       <c r="C666" t="s">
-        <v>423</v>
+        <v>721</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
         <v>1722</v>
       </c>
       <c r="B667" t="s">
         <v>1723</v>
       </c>
       <c r="C667" t="s">
         <v>1724</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
         <v>1725</v>
       </c>
       <c r="B668" t="s">
         <v>1726</v>
       </c>
       <c r="C668" t="s">
-        <v>1727</v>
+        <v>425</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B669" t="s">
         <v>1728</v>
       </c>
-      <c r="B669" t="s">
+      <c r="C669" t="s">
         <v>1729</v>
-      </c>
-[...1 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B670" t="s">
         <v>1731</v>
       </c>
-      <c r="B670" t="s">
+      <c r="C670" t="s">
         <v>1732</v>
-      </c>
-[...1 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B671" t="s">
         <v>1734</v>
       </c>
-      <c r="B671" t="s">
+      <c r="C671" t="s">
         <v>1735</v>
-      </c>
-[...1 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
         <v>1736</v>
       </c>
       <c r="B672" t="s">
         <v>1737</v>
       </c>
       <c r="C672" t="s">
-        <v>309</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="B673" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="C673" t="s">
-        <v>1740</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
         <v>1741</v>
       </c>
       <c r="B674" t="s">
         <v>1742</v>
       </c>
       <c r="C674" t="s">
-        <v>1740</v>
+        <v>308</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
         <v>1743</v>
       </c>
       <c r="B675" t="s">
         <v>1744</v>
       </c>
       <c r="C675" t="s">
         <v>1745</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
         <v>1746</v>
       </c>
       <c r="B676" t="s">
         <v>1747</v>
       </c>
       <c r="C676" t="s">
-        <v>1748</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B677" t="s">
         <v>1749</v>
       </c>
-      <c r="B677" t="s">
+      <c r="C677" t="s">
         <v>1750</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
         <v>1751</v>
       </c>
       <c r="B678" t="s">
         <v>1752</v>
       </c>
       <c r="C678" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
         <v>1754</v>
       </c>
       <c r="B679" t="s">
         <v>1755</v>
       </c>
       <c r="C679" t="s">
-        <v>563</v>
+        <v>183</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
         <v>1756</v>
       </c>
       <c r="B680" t="s">
         <v>1757</v>
       </c>
       <c r="C680" t="s">
-        <v>108</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="B681" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="C681" t="s">
-        <v>1760</v>
+        <v>565</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
         <v>1761</v>
       </c>
       <c r="B682" t="s">
         <v>1762</v>
       </c>
       <c r="C682" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
         <v>1763</v>
       </c>
       <c r="B683" t="s">
         <v>1764</v>
       </c>
       <c r="C683" t="s">
-        <v>20</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B684" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="C684" t="s">
-        <v>749</v>
+        <v>80</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B685" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="C685" t="s">
-        <v>1769</v>
+        <v>20</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
         <v>1770</v>
       </c>
       <c r="B686" t="s">
         <v>1771</v>
       </c>
       <c r="C686" t="s">
-        <v>1772</v>
+        <v>751</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B687" t="s">
         <v>1773</v>
       </c>
-      <c r="B687" t="s">
+      <c r="C687" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
         <v>1775</v>
       </c>
       <c r="B688" t="s">
         <v>1776</v>
       </c>
       <c r="C688" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
         <v>1778</v>
       </c>
       <c r="B689" t="s">
         <v>1779</v>
       </c>
       <c r="C689" t="s">
-        <v>1281</v>
+        <v>959</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
         <v>1780</v>
       </c>
       <c r="B690" t="s">
         <v>1781</v>
       </c>
       <c r="C690" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
         <v>1783</v>
       </c>
       <c r="B691" t="s">
         <v>1784</v>
       </c>
       <c r="C691" t="s">
-        <v>341</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
         <v>1785</v>
       </c>
       <c r="B692" t="s">
         <v>1786</v>
       </c>
       <c r="C692" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
         <v>1788</v>
       </c>
       <c r="B693" t="s">
         <v>1789</v>
       </c>
       <c r="C693" t="s">
-        <v>1583</v>
+        <v>340</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
         <v>1790</v>
       </c>
       <c r="B694" t="s">
         <v>1791</v>
       </c>
       <c r="C694" t="s">
-        <v>26</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B695" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="C695" t="s">
-        <v>1794</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
         <v>1795</v>
       </c>
       <c r="B696" t="s">
         <v>1796</v>
       </c>
       <c r="C696" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
         <v>1797</v>
       </c>
       <c r="B697" t="s">
         <v>1798</v>
       </c>
       <c r="C697" t="s">
-        <v>746</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="B698" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="C698" t="s">
-        <v>1801</v>
+        <v>171</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
         <v>1802</v>
       </c>
       <c r="B699" t="s">
         <v>1803</v>
       </c>
       <c r="C699" t="s">
-        <v>941</v>
+        <v>748</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
         <v>1804</v>
       </c>
       <c r="B700" t="s">
         <v>1805</v>
       </c>
       <c r="C700" t="s">
-        <v>1401</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="B701" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="C701" t="s">
-        <v>1483</v>
+        <v>950</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B702" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="C702" t="s">
-        <v>1810</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
         <v>1811</v>
       </c>
       <c r="B703" t="s">
         <v>1812</v>
       </c>
       <c r="C703" t="s">
-        <v>151</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
         <v>1813</v>
       </c>
       <c r="B704" t="s">
         <v>1814</v>
       </c>
       <c r="C704" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
         <v>1816</v>
       </c>
       <c r="B705" t="s">
         <v>1817</v>
       </c>
       <c r="C705" t="s">
-        <v>1818</v>
+        <v>147</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B706" t="s">
         <v>1819</v>
       </c>
-      <c r="B706" t="s">
+      <c r="C706" t="s">
         <v>1820</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
         <v>1821</v>
       </c>
       <c r="B707" t="s">
         <v>1822</v>
       </c>
       <c r="C707" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>1824</v>
       </c>
       <c r="B708" t="s">
         <v>1825</v>
       </c>
       <c r="C708" t="s">
-        <v>1113</v>
+        <v>17</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>1826</v>
       </c>
       <c r="B709" t="s">
         <v>1827</v>
       </c>
       <c r="C709" t="s">
-        <v>878</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="B710" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C710" t="s">
-        <v>1830</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
         <v>1831</v>
       </c>
       <c r="B711" t="s">
         <v>1832</v>
       </c>
       <c r="C711" t="s">
-        <v>1833</v>
+        <v>888</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B712" t="s">
         <v>1834</v>
       </c>
-      <c r="B712" t="s">
+      <c r="C712" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
         <v>1836</v>
       </c>
       <c r="B713" t="s">
         <v>1837</v>
       </c>
       <c r="C713" t="s">
         <v>1838</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>1839</v>
       </c>
       <c r="B714" t="s">
         <v>1840</v>
       </c>
       <c r="C714" t="s">
-        <v>1841</v>
+        <v>734</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B715" t="s">
         <v>1842</v>
       </c>
-      <c r="B715" t="s">
+      <c r="C715" t="s">
         <v>1843</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
         <v>1844</v>
       </c>
       <c r="B716" t="s">
         <v>1845</v>
       </c>
       <c r="C716" t="s">
-        <v>760</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="B717" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="C717" t="s">
-        <v>1608</v>
+        <v>342</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="B718" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="C718" t="s">
-        <v>1350</v>
+        <v>764</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="B719" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="C719" t="s">
-        <v>563</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="B720" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="C720" t="s">
-        <v>1259</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="B721" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="C721" t="s">
-        <v>1856</v>
+        <v>565</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>1857</v>
       </c>
       <c r="B722" t="s">
         <v>1858</v>
       </c>
       <c r="C722" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>1860</v>
       </c>
       <c r="B723" t="s">
         <v>1861</v>
       </c>
       <c r="C723" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>1863</v>
       </c>
       <c r="B724" t="s">
         <v>1864</v>
       </c>
       <c r="C724" t="s">
-        <v>1107</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="B725" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="C725" t="s">
-        <v>1867</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>1868</v>
       </c>
       <c r="B726" t="s">
         <v>1869</v>
       </c>
       <c r="C726" t="s">
-        <v>1193</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="B727" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="C727" t="s">
-        <v>56</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="B728" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="C728" t="s">
-        <v>1874</v>
+        <v>56</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>1875</v>
       </c>
       <c r="B729" t="s">
         <v>1876</v>
       </c>
       <c r="C729" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>1878</v>
       </c>
       <c r="B730" t="s">
         <v>1879</v>
       </c>
       <c r="C730" t="s">
         <v>1880</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>1881</v>
       </c>
       <c r="B731" t="s">
         <v>1882</v>
       </c>
       <c r="C731" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>1884</v>
       </c>
       <c r="B732" t="s">
         <v>1885</v>
       </c>
       <c r="C732" t="s">
-        <v>175</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="B733" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="C733" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B734" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="C734" t="s">
-        <v>1890</v>
+        <v>171</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>1891</v>
       </c>
       <c r="B735" t="s">
         <v>1892</v>
       </c>
       <c r="C735" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>1894</v>
       </c>
       <c r="B736" t="s">
         <v>1895</v>
       </c>
       <c r="C736" t="s">
-        <v>290</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B737" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="C737" t="s">
-        <v>1898</v>
+        <v>289</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>1899</v>
       </c>
       <c r="B738" t="s">
         <v>1900</v>
       </c>
       <c r="C738" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>1902</v>
       </c>
       <c r="B739" t="s">
         <v>1903</v>
       </c>
       <c r="C739" t="s">
-        <v>644</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="B740" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="C740" t="s">
-        <v>729</v>
+        <v>646</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="B741" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="C741" t="s">
-        <v>1908</v>
+        <v>731</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
         <v>1909</v>
       </c>
       <c r="B742" t="s">
         <v>1910</v>
       </c>
       <c r="C742" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
         <v>1912</v>
       </c>
       <c r="B743" t="s">
         <v>1913</v>
       </c>
       <c r="C743" t="s">
-        <v>293</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="B744" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="C744" t="s">
-        <v>1916</v>
+        <v>292</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
         <v>1917</v>
       </c>
       <c r="B745" t="s">
         <v>1918</v>
       </c>
       <c r="C745" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
         <v>1920</v>
       </c>
       <c r="B746" t="s">
         <v>1921</v>
       </c>
       <c r="C746" t="s">
-        <v>1435</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="B747" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="C747" t="s">
-        <v>1867</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="B748" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="C748" t="s">
-        <v>56</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="B749" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="C749" t="s">
-        <v>1608</v>
+        <v>56</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="B750" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="C750" t="s">
-        <v>1777</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="B751" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="C751" t="s">
-        <v>1932</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
         <v>1933</v>
       </c>
       <c r="B752" t="s">
         <v>1934</v>
       </c>
       <c r="C752" t="s">
-        <v>380</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="B753" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C753" t="s">
-        <v>278</v>
+        <v>382</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="B754" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="C754" t="s">
-        <v>1939</v>
+        <v>277</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
         <v>1940</v>
       </c>
       <c r="B755" t="s">
         <v>1941</v>
       </c>
       <c r="C755" t="s">
-        <v>267</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="B756" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="C756" t="s">
-        <v>166</v>
+        <v>263</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="B757" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="C757" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B758" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C758" t="s">
-        <v>1949</v>
+        <v>162</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
         <v>1950</v>
       </c>
       <c r="B759" t="s">
         <v>1951</v>
       </c>
       <c r="C759" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
         <v>1953</v>
       </c>
       <c r="B760" t="s">
         <v>1954</v>
       </c>
       <c r="C760" t="s">
-        <v>293</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="B761" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="C761" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="B762" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="C762" t="s">
-        <v>689</v>
+        <v>292</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="B763" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="C763" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="B764" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="C764" t="s">
-        <v>47</v>
+        <v>688</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="B765" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C765" t="s">
-        <v>267</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="B766" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="C766" t="s">
-        <v>953</v>
+        <v>47</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="B767" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="C767" t="s">
-        <v>1971</v>
+        <v>263</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="B768" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C768" t="s">
-        <v>14</v>
+        <v>962</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="B769" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="C769" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="B770" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="C770" t="s">
-        <v>1979</v>
+        <v>14</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
         <v>1980</v>
       </c>
       <c r="B771" t="s">
         <v>1981</v>
       </c>
       <c r="C771" t="s">
-        <v>132</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="B772" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C772" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="B773" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C773" t="s">
-        <v>1987</v>
+        <v>128</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
         <v>1988</v>
       </c>
       <c r="B774" t="s">
         <v>1989</v>
       </c>
       <c r="C774" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="B775" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="C775" t="s">
-        <v>804</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="B776" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C776" t="s">
         <v>1993</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B777" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="C777" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B778" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C778" t="s">
-        <v>938</v>
+        <v>274</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B779" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="C779" t="s">
-        <v>309</v>
+        <v>812</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B780" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="C780" t="s">
-        <v>2002</v>
+        <v>947</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B781" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C781" t="s">
-        <v>2005</v>
+        <v>308</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
         <v>2006</v>
       </c>
       <c r="B782" t="s">
         <v>2007</v>
       </c>
       <c r="C782" t="s">
-        <v>433</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B783" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C783" t="s">
-        <v>1670</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B784" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C784" t="s">
-        <v>493</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="B785" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C785" t="s">
-        <v>90</v>
+        <v>435</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B786" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C786" t="s">
-        <v>166</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B787" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C787" t="s">
-        <v>1719</v>
+        <v>494</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B788" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C788" t="s">
-        <v>2020</v>
+        <v>89</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B789" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="C789" t="s">
-        <v>2023</v>
+        <v>162</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B790" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C790" t="s">
-        <v>2026</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
         <v>2027</v>
       </c>
       <c r="B791" t="s">
         <v>2028</v>
       </c>
       <c r="C791" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
         <v>2030</v>
       </c>
       <c r="B792" t="s">
         <v>2031</v>
       </c>
       <c r="C792" t="s">
-        <v>151</v>
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B793" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C793" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B794" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C794" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B795" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C795" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">